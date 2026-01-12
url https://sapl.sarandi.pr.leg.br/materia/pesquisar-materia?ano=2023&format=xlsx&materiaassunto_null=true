--- v0 (2025-10-03)
+++ v1 (2026-01-12)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6752" uniqueCount="3101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6752" uniqueCount="3104">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -5284,1593 +5284,1602 @@
   <si>
     <t>597</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4785/proj._lei_compl._no_597-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DE VENCIMENTO INICIAL DOS CARGOS DOS SERVIDORES EFETIVOS DA CÂMARA MUNICIPAL DE SARANDI, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3961</t>
   </si>
   <si>
     <t>3300</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/3961/proj._lei_no_3300-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO À AVENIDA NOVA AURORA, SITUADA NO JARDIM AURORA, NA FORMA QUE ESPECIFICA. "AVENIDA FRANCISCO RODRIGUES CORREIA".</t>
+    <t>Dá denominação à Avenida Nova Aurora, situada no Jardim Aurora, na forma que especifica.</t>
   </si>
   <si>
     <t>3962</t>
   </si>
   <si>
     <t>3301</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/3962/proj._lei_no_3301-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO A RUA PROJETADA 2, SITUADA NO JARDIM MARINGÁ, NA FORMA QUE ESPECÍFICA. "AVENIDA MARIA DA CONCEIÇÃO FABRI DE ARRUDA".</t>
+    <t>Dá denominação a Rua Projetada 2, situada no Jardim Maringá, na forma que específica.</t>
   </si>
   <si>
     <t>3963</t>
   </si>
   <si>
     <t>3302</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/3963/proj._lei_no_3302-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO A RUA PROJETADA 1, SITUADA NO JARDIM MARINGÁ, NA FORMA QUE ESPECÍFICA. "AVENIDA SEBASTIÃO FRANCISCO DE ARRUDA"</t>
+    <t>Dá denominação a Rua Projetada 1, situada no Jardim Maringá, na forma que especifica.</t>
   </si>
   <si>
     <t>3965</t>
   </si>
   <si>
     <t>3303</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/3965/proj._lei_no_3303-2023.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE A ATUALIZAÇÃO MONETÁRIA DO SUBSÍDIO DOS VEREADORES DA CÂMARA MUNICIPAL DE SARANDI, E DÁ OUTRAS DISPOSIÇÕES.</t>
+    <t>Dispõe sobre a atualização monetária do subsídio dos Vereadores da Câmara Municipal de Sarandi, e dá outras disposições.</t>
   </si>
   <si>
     <t>3966</t>
   </si>
   <si>
     <t>3304</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/3966/proj._lei_no_3304-2023.pdf</t>
   </si>
   <si>
-    <t>CONCEDE REPOSIÇÃO SALARIAL AOS SERVIDORES PERTENCENTES AOS QUADROS DE PESSOAL ESTATUTÁRIO ATIVO, INATIVO E PENSIONISTA, E DE PROVIMENTO EM COMISSÃO DA CÂMARA MUNICIPAL DE SARANDI, E DÁ OUTRAS DISPOSIÇÕES.</t>
+    <t>Concede reposição salarial aos servidores pertencentes aos quadros de pessoal estatutário ativo, inativo e pensionista, e de provimento em comissão da Câmara Municipal de Sarandi, e dá outras disposições.</t>
   </si>
   <si>
     <t>3967</t>
   </si>
   <si>
     <t>3305</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/3967/proj._lei_no_3305-2023.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE A ATUALIZAÇÃO MONETÁRIA DO SUBSÍDIO DO PREFEITO, VICE-PREFEITO E DOS SECRETÁRIOS MUNICIPAIS, E DÁ OUTRAS DISPOSIÇÕES.</t>
+    <t>Dispõe sobre a atualização monetária do subsídio do Prefeito, Vice-Prefeito e dos Secretários Municipais, e dá outras disposições.</t>
   </si>
   <si>
     <t>3969</t>
   </si>
   <si>
     <t>3306</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/3969/proj._lei_no_3306-2023.pdf</t>
   </si>
   <si>
-    <t>CONCEDE GANHO REAL AOS SERVIDORES PERTENCENTES AO QUADRO DE PESSOAL ESTATUTÁRIO ATIVO E INATIVO, E DE PROVIMENTO EM COMISSÃO DA CÂMARA MUNICIPAL DE SARANDI, E DÁ OUTRAS DISPOSIÇÕES.</t>
+    <t>Concede ganho real aos servidores pertencentes ao quadro de pessoal estatutário ativo e inativo, e de provimento em comissão da Câmara Municipal de Sarandi, e dá outras disposições</t>
   </si>
   <si>
     <t>3970</t>
   </si>
   <si>
     <t>3307</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/3970/proj._lei_no_3307-2023.pdf</t>
   </si>
   <si>
-    <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A FIXAR PISO MÍNIMO DE VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS DE SARANDI E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>Autoriza o Chefe do Poder Executivo Municipal a fixar piso mínimo de vencimentos dos Servidores Públicos Municipais de Sarandi e dá outras providências.</t>
   </si>
   <si>
     <t>3971</t>
   </si>
   <si>
     <t>3308</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/3971/proj._lei_no_3308-2023.pdf</t>
   </si>
   <si>
-    <t>CONCEDE REAJUSTE DO PISO SALARIAL DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DO MUNICÍPIO DE SARANDI-PR, EM ADEQUAÇÃO AO PISO SALARIAL NACIONAL DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DA EDUCAÇÃO BÁSICA, NOS TERMOS EM QUE PRECEITUA A LEI FEDERAL N° 11.738/2008.</t>
+    <t>Concede reajuste do piso salarial dos profissionais do magistério público do município de Sarandi-PR, em adequação ao piso salarial nacional dos profissionais do magistério público da educação básica, nos termos em que preceitua a Lei Federal nº 11.738/2008.</t>
   </si>
   <si>
     <t>3972</t>
   </si>
   <si>
     <t>3309</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/3972/proj._lei_no_3309-2023.pdf</t>
   </si>
   <si>
-    <t>CONCEDE REPOSIÇÃO E AUMENTO SALARIAL AOS SERVIDORES PÚBLICOS MUNICIPAIS ATIVOS, INATIVOS, PENSIONISTAS E CARGO EM COMISSÃO DO MUNICÍPIO DE SARANDI, E DÁ OUTRAS DISPOSIÇÕES.</t>
+    <t>Concede reposição e aumento salarial aos servidores públicos municipais ativos, inativos, pensionistas e cargo em comissão do Município de Sarandi, e dá outras disposições.</t>
   </si>
   <si>
     <t>3975</t>
   </si>
   <si>
     <t>3310</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/3975/proj._lei_no_3310-2023_anexos_-_pg_03_a_07.pdf</t>
   </si>
   <si>
-    <t>ALTERA A LEI Nº 2.636 DE 09 DE OUTUBRO DE 2020, A QUAL FIXA OS SUBSÍDIOS DO PREFEITO, VICE PREFEITO E DOS SECRETÁRIOS MUNICIPAIS, MANTENDO O SUBSÍDIO DO MÊS DE DEZEMBRO DE 2020 PARA A LEGISLATURA 2021 A 2024, NA FORMA QUE ESPECIFICA.</t>
+    <t>Altera a Lei nº 2.636 de 09 de outubro de 2020, a qual fixa os subsídios do Prefeito, Vice Prefeito e dos Secretários Municipais, mantendo o subsídio do mês de dezembro de 2020 para a legislatura 2021 a 2024, na forma que especifica.</t>
   </si>
   <si>
     <t>3994</t>
   </si>
   <si>
     <t>3311</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/3994/proj._lei_no_3311-2023.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE O CONSELHO MUNICIPAL DE CULTURA E ADOTA OUTRAS PROVIDÊNCIAS.</t>
+    <t>Dispõe sobre o Conselho Municipal de Cultura e adota outras providências.</t>
   </si>
   <si>
     <t>4012</t>
   </si>
   <si>
     <t>3312</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4012/proj._lei_no_3312-2023.pdf</t>
   </si>
   <si>
-    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR A COBRANÇA DE CONTRIBUIÇÃO DE MELHORIA EM DECORRÊNCIA DE EXECUÇÃO DE PAVIMENTAÇÃO ASFÁLTICA NO CONJUNTO RESIDENCIAL TRIÂNGULO, JARDIM MONTE REY E CONJUNTO HABITACIONAL MORADIAS ACALANTO I – SARANDI, ESTADO DO PARANÁ.</t>
+    <t>Autoriza o Poder Executivo Municipal a efetuar a cobrança de contribuição de melhoria em decorrência de execução de pavimentação asfáltica no Conjunto Residencial Triângulo, Jardim Monte Rey e Conjunto Habitacional Moradias Acalanto I - Sarandi, Estado do Paraná.</t>
   </si>
   <si>
     <t>4014</t>
   </si>
   <si>
     <t>3313</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4014/proj._lei_no_3313-2023.pdf</t>
   </si>
   <si>
-    <t>INSTITUI A IMPLANTAÇÃO DE ÁREA DE ESPERA PARA MOTOCICLETAS NO MUNICÍPIO DE SARANDI.</t>
+    <t>Institui a implantação de área de espera para motocicletas no Município de Sarandi.</t>
   </si>
   <si>
     <t>4015</t>
   </si>
   <si>
     <t>3314</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4015/proj._lei_no_3314-2023.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE O CONTROLE E A FISCALIZAÇÃO DAS ATIVIDADES QUE GEREM POLUIÇÃO SONORA, IMPÕE PENALIDADES E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>Dispõe sobre o controle e a fiscalização das atividades que gerem poluição sonora, impõem penalidades e dá outras providências.</t>
   </si>
   <si>
     <t>4016</t>
   </si>
   <si>
     <t>3315</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4016/proj._lei_no_3315-2023.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE ALTERAÇÕES NA LEI Nº 2860/2022, DE 13 DE SETEMBRO DE 2022, A QUAL DISPÕE SOBRE AS FUNÇÕES DE CONFIANÇA DO PODER EXECUTIVO MUNICIPAL, NA FORMA QUE ESPECIFICA.</t>
+    <t>Dispõe sobre alterações na Lei nº 2860/2022, de 13 de setembro de 2022, a qual dispõe sobre as funções de Confiança do Poder Executivo Municipal, na forma que especifica.</t>
   </si>
   <si>
     <t>4084</t>
   </si>
   <si>
     <t>3316</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4084/proj._lei_no_3316-2023.pdf</t>
   </si>
   <si>
-    <t>AUTORIZA A DOAÇÃO DE BENS INSERVÍVEIS DE PROPRIEDADE DA PREFEITURA DO MUNICÍPIO DE SARANDI, ESTADO DO PARANÁ, PARA ASSOCIAÇÕES E COOPERATIVAS VOLTADAS À RECICLAGEM, NA FORMA QUE ESPECIFICA.</t>
+    <t>Autoriza a doação de bens inservíveis de propriedade da Prefeitura do Município de Sarandi, Estado do Paraná, para Associações e Cooperativas voltadas à reciclagem, na forma que especifica.</t>
   </si>
   <si>
     <t>4120</t>
   </si>
   <si>
     <t>3317</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4120/proj._lei_no_3317-2023.pdf</t>
   </si>
   <si>
-    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NA FORMA QUE ESPECIFICA.</t>
+    <t>Autoriza o Poder Executivo Municipal a efetuar abertura de Crédito Adicional Especial, na forma que especifica.</t>
   </si>
   <si>
     <t>4121</t>
   </si>
   <si>
     <t>3318</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4121/proj._lei_no_3318-2023.pdf</t>
   </si>
   <si>
-    <t>INSTITUI O "PROGRAMA VOU DE BIKE" COM A INSTALAÇÃO DE BICICLETÁRIOS NO ÂMBITO DO MUNICÍPIO DE SARANDI.</t>
+    <t>Institui o "Programa Vou de Bike" com a instalação de bicicletários no âmbito do Município de Sarandi.</t>
   </si>
   <si>
     <t>4122</t>
   </si>
   <si>
     <t>3319</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4122/proj._lei_no_3319-2023.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE A DESTINAÇÃO DE ÁREA DE PASSEIO PÚBLICO PARA USO DE COMÉRCIO PARA A EXPOSIÇÃO E COMERCIALIZAÇÃO DE PRODUTOS HORTIFRÚTIS, NA FORMA QUE ESPECIFICA.</t>
+    <t>Dispõe sobre a destinação de área de passeio público para uso de comércio para exposição e comercialização de produtos hortifrútis, na forma que especifica.</t>
   </si>
   <si>
     <t>4123</t>
   </si>
   <si>
     <t>3320</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4123/proj._lei_no_3320-2023.pdf</t>
   </si>
   <si>
     <t>4124</t>
   </si>
   <si>
     <t>3321</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4124/proj._lei_no_3321-2023.pdf</t>
   </si>
   <si>
-    <t>INSTITUI A SEMANA DE CONSCIENTIZAÇÃO DO ESPECTRO AUTISTA NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>Institui no Município de Sarandi, a "Semana Municipal de Conscientização do Espectro Autista", e dá outras providências.</t>
   </si>
   <si>
     <t>4127</t>
   </si>
   <si>
     <t>3322</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4127/proj._lei_no_3322-2023.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE A OBRIGATORIEDADE DE BARES, LANCHONETES, RESTAURANTES, HOTÉIS, DISK E SIMILARES FORNECEREM ÁGUA POTÁVEL FILTRADA GRATUITAMENTE.</t>
+    <t>Dispõe sobre a obrigatoriedade de bares, lanchonetes, restaurantes, hóteis, Disk e similares fornecem água potável filtrada gratuitamente.</t>
   </si>
   <si>
     <t>4166</t>
   </si>
   <si>
     <t>3323</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4166/proj._lei_no_3323-2023.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE A POLÍTICA PÚBLICA DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE SARANDI E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>Dispõe sobre a Política Pública de Assistência Social do Município de Sarandi e dá outras providências.</t>
   </si>
   <si>
     <t>4187</t>
   </si>
   <si>
     <t>3324</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4187/proj._lei_no_3324-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Municipal de Gestão Integrada de Resíduos Sólidos Urbanos do Município de Sarandi- PR, e dá outras providências.</t>
   </si>
   <si>
     <t>4209</t>
   </si>
   <si>
     <t>3325</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4209/proj._lei_no_3325-2023.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE A ALTERAÇÃO DOS ANEXOS DO PPA – PLANO PLURIANUAL DO MUNICÍPIO DE SARANDI DO QUADRIÊNIO 2022 A 2025, NA FORMA QUE ESPECIFICA.</t>
+    <t>Dispõe sobre a alteração dos Anexos do PPA - Plano Plurianual do Município de Sarandi do quadriênio 2022 a 2025, na forma que especifica.</t>
   </si>
   <si>
     <t>4210</t>
   </si>
   <si>
     <t>3326</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4210/proj._lei_no_3326-2023.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>Dispõe sobre as Diretrizes para a elaboração e execução da Lei Orçamentária para o Exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>4211</t>
   </si>
   <si>
     <t>3327</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4211/proj._lei_no_3327-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO AO CENTRO DE REFERÊNCIA DE ATENDIMENTO À MULHER – CRAM, SITUADO NA RUA CASTRO ALVES, Nº 2688, JARDIM OURO VERDE, NA FORMA QUE ESPECIFICA. "JANICE MARIA SOARES DE CAPUA".</t>
+    <t>Dá denominação ao Centro de Referência de Atendimento à Mulher - CRAM, situado na Rua Castro Alves, nº 2688, Jardim Ouro Verde, na forma que especifica.</t>
   </si>
   <si>
     <t>4230</t>
   </si>
   <si>
     <t>3328</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4230/proj._lei_no_3328-2023_.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA DE BANCO DE RAÇÃO DO MUNICÍPIO DE SARANDI E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>Dispõe sobre a criação do Programa de Banco de Ração do município de Sarandi e dá outras providências.</t>
   </si>
   <si>
     <t>4231</t>
   </si>
   <si>
     <t>3329</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4231/proj._lei_no_3329-2023.pdf</t>
   </si>
   <si>
-    <t>AUTORIZA A IMPLANTAÇÃO OBRIGATÓRIA DE SEGURANÇA ARMADA NAS ESCOLAS DA REDE PÚBLICA E PRIVADA DA EDUCAÇÃO BÁSICA DE ENSINO.</t>
+    <t>Autoriza a implantação obrigatória de segurança armada nas escolas da rede pública e privada da educação básica de ensino.</t>
   </si>
   <si>
     <t>4232</t>
   </si>
   <si>
     <t>3330</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4232/proj._lei_no_3330-2023_.pdf</t>
   </si>
   <si>
-    <t>AUTORIZA O EXECUTIVO A CELEBRAR CONVÊNIO COM O ESTADO DO PARANÁ PARA AQUISIÇÃO DE TORNOZELEIRAS ELETRÔNICAS PARA DAR CUMPRIMENTO EFETIVO ÀS MEDIDAS PROTETIVAS EM FAVOR DAS MULHERES VÍTIMAS DE VIOLÊNCIA DOMÉSTICA.</t>
+    <t>Autoriza o Executivo a celebrar convênio com o Estado do Paraná para aquisição de tornozeleiras eletrônicas para dar cumprimento efetivo às medidas protetivas em favor das mulheres vítimas de violência doméstica.</t>
   </si>
   <si>
     <t>4233</t>
   </si>
   <si>
     <t>3331</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4233/proj._lei_no_3331-2023_.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE A POLÍTICA E MECANISMOS PARA ASSEGURAR A INTEGRAÇÃO DOS IDOSOS À COMUNIDADE DESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>Dispõe sobre a política e mecanismos para assegurar a integração dos idosos à comunidade deste município e dá outras providências.</t>
   </si>
   <si>
     <t>4234</t>
   </si>
   <si>
     <t>3332</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4234/proj._lei_no_3332-2023.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE O CÓDIGO DE ARBORIZAÇÃO DO MUNICÍPIO DE SARANDI-PR E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>Dispõe sobre o código de arborização do Município de Sarandi-PR e dá outras providências.</t>
   </si>
   <si>
     <t>4237</t>
   </si>
   <si>
     <t>3333</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4237/proj._lei_no_3333-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO ÀS RUAS 10.202 E 10.223, SITUADAS NO ECOVALLEY, NA FORMA QUE ESPECIFICA. "RUA PIONEIRA EUPHELIA MARIA VOLPATO MICALI".</t>
+    <t>Dá denominação às Ruas 10.202 e 10.223, situadas no Ecovalley, na forma que especifica.</t>
   </si>
   <si>
     <t>4238</t>
   </si>
   <si>
     <t>3334</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4238/proj._lei_no_3334-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO ÀS RUAS 10.207 E 10.214, SITUADAS NO ECOVALLEY, NA FORMA QUE ESPECIFICA. "RUA PIONEIRO GENÉSIO VOLPATO".</t>
+    <t>Dá denominação às Ruas 10.207 e 10.214, situadas no Ecovalley, na forma que especifica.</t>
   </si>
   <si>
     <t>4239</t>
   </si>
   <si>
     <t>3335</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4239/proj._lei_no_3335-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO ÀS RUAS 10.208 E 10.215, SITUADAS NO ECOVALLEY, NA FORMA QUE ESPECIFICA. "RUA PIONEIRO CARISIO VOLPATO".</t>
+    <t>Dá denominação às Ruas 10.208 e 10.215, situadas no Ecovalley, na forma que especifica.</t>
   </si>
   <si>
     <t>4240</t>
   </si>
   <si>
     <t>3336</t>
   </si>
   <si>
     <t>Eunildo Zanchim "Nildão", Ireni Moura Farias "Irene Moura"</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4240/proj._lei_no_3336-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO À AVENIDA 10.201, SITUADA NO ECOVALLEY, NA FORMA QUE ESPECIFICA. "AVENIDA VEREADOR CÍCERO DA SILVA CORREA".</t>
+    <t>Dá denominação à Avenida 10.201, situada no Ecovalley, na forma que especifica.</t>
   </si>
   <si>
     <t>4241</t>
   </si>
   <si>
     <t>3337</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4241/proj._lei_no_3337-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO À RUA 10.216, SITUADA NO ECOVALLEY, NA FORMA QUE ESPECIFICA. "RUA ALEXANDRE FERREIRA POMPEU".</t>
+    <t>Dá denominação à Rua 10.216, situada no Ecovalley, na forma que especifica.</t>
   </si>
   <si>
     <t>4242</t>
   </si>
   <si>
     <t>3338</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4242/proj._lei_no_3338-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO À RUA 10.224, SITUADA NO ECOVALLEY, NA FORMA QUE ESPECIFICA. "RUA PIONEIRO JAIR VITORIANO".</t>
+    <t>Dá denominação à Rua 10.224, situada no Ecovalley, na forma que especifica.</t>
   </si>
   <si>
     <t>4243</t>
   </si>
   <si>
     <t>3339</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4243/proj._lei_no_3339-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO À RUA 10.221, SITUADA NO ECOVALLEY, NA FORMA QUE ESPECIFICA. "RUA PIONEIRO BENEDITO DA COSTA - SEU DITÃO".</t>
+    <t>Dá denominação à Rua 10.221, situada no Ecovalley, na forma que especifica.</t>
   </si>
   <si>
     <t>4244</t>
   </si>
   <si>
     <t>3340</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4244/proj._lei_no_3340-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO À RUA 10.222, SITUADA NO ECOVALLEY, NA FORMA QUE ESPECIFICA. "RUA PIONEIRA LINDA PANICIO DA COSTA".</t>
+    <t>Dá denominação à Rua 10.222, situada no Ecovalley, na forma que especifica.</t>
   </si>
   <si>
     <t>4245</t>
   </si>
   <si>
     <t>3341</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4245/proj._lei_no_3341-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO À RUA 10.218, SITUADA NO ECOVALLEY, NA FORMA QUE ESPECIFICA. "RUA PIONEIRO ELIO BATISTA DA SILVA - ELIO DO BAZAR".</t>
+    <t>Dá denominação à Rua 10.218, situada no Ecovalley, na forma que especifica.</t>
   </si>
   <si>
     <t>4246</t>
   </si>
   <si>
     <t>3342</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4246/proj._lei_no_3342-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO À RUA 10.219, SITUADA NO ECOVALLEY, NA FORMA QUE ESPECIFICA. "RUA PIONEIRA MARIA SANCHES - DONA MARIQUINHA".</t>
+    <t>Dá denominação à Rua 10.219, situada no Ecovalley, na forma que especifica.</t>
   </si>
   <si>
     <t>4247</t>
   </si>
   <si>
     <t>3343</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4247/proj._lei_no_3343-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO À RUA 10.226, SITUADA NO ECOVALLEY, NA FORMA QUE ESPECIFICA. "RUA IRENE ROVERÇO DENIPOTI".</t>
+    <t>Dá denominação à Rua 10.226, situada no Ecovalley, na forma que especifica.</t>
   </si>
   <si>
     <t>4248</t>
   </si>
   <si>
     <t>3344</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4248/proj._lei_no_3344-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO ÀS RUAS 10.206 E 10.213, SITUADAS NO ECOVALLEY, NA FORMA QUE ESPECIFICA. "RUA EDELVAIR OLIVEIRA".</t>
+    <t>Dá denominação às Ruas 10.206 e 10.213, situadas no Ecovalley, na forma que especifica.</t>
   </si>
   <si>
     <t>4249</t>
   </si>
   <si>
     <t>3345</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4249/proj._lei_no_3345-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO À RUA 10.225, SITUADA NO ECOVALLEY, NA FORMA QUE ESPECIFICA. "RUA LUCIANO MATHEUS CANO DE OLIVEIRA".</t>
+    <t>Dá denominação à Rua 10.225, situada no Ecovalley, na forma que especifica.</t>
   </si>
   <si>
     <t>4250</t>
   </si>
   <si>
     <t>3346</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4250/proj._lei_no_3346-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO À RUA 10.220, SITUADA NO ECOVALLEY, NA FORMA QUE ESPECIFICA. "RUA PIONEIRO SEBASTIÃO RODRIGUES DA SILVA".</t>
+    <t>Dá denominação à Rua 10.220, situada no Ecovalley, na forma que especifica.</t>
   </si>
   <si>
     <t>4251</t>
   </si>
   <si>
     <t>3347</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4251/proj._lei_no_3347-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO À RUA 10.209, SITUADA NO ECOVALLEY, NA FORMA QUE ESPECIFICA. "RUA ANTONIO APARECIDO FRANCISCO DE ABREU - TATU".</t>
+    <t>Dá denominação à Rua 10.209, situada no Ecovalley, na forma que especifica.</t>
   </si>
   <si>
     <t>4252</t>
   </si>
   <si>
     <t>3348</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4252/proj._lei_no_3348-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO ÀS RUAS 10.204, 10.205 E 10.212, SITUADAS NO ECOVALLEY, NA FORMA QUE ESPECIFICA. "RUA PIONEIRA APARECIDA MANTOVAN".</t>
+    <t>Dá denominação às Ruas 10.204, 10.205 e 10.212, situadas no Ecovalley, na forma que especifica.</t>
   </si>
   <si>
     <t>4253</t>
   </si>
   <si>
     <t>3349</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4253/proj._lei_no_3349-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO À RUA 10.203, SITUADA NO ECOVALLEY, NA FORMA QUE ESPECIFICA. "RUA ANDRÉ VINÍCIUS NUNES".</t>
+    <t>Dá denominação à Rua 10.203, situada no Ecovalley, na forma que especifica.</t>
   </si>
   <si>
     <t>4254</t>
   </si>
   <si>
     <t>3350</t>
   </si>
   <si>
     <t>Eunildo Zanchim "Nildão", Belmiro da Silva Farias "Belmiro Barbeiro"</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4254/proj._lei_no_3350-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO À RUA 10.227, SITUADA NO ECOVALLEY, NA FORMA QUE ESPECIFICA. "RUA ABILIO BOIAN".</t>
+    <t>Dá denominação à Rua 10.227, situada no Ecovalley, na forma que especifica.</t>
   </si>
   <si>
     <t>4262</t>
   </si>
   <si>
     <t>3351</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4262/proj._lei_no_3351-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO À RUA 10.210, SITUADA NO ECOVALLEY, NA FORMA QUE ESPECIFICA. "RUA DAVI FREZ - PERNA".</t>
+    <t>Dá denominação à Rua 10.210, situada no Ecovalley, na forma que especifica.</t>
   </si>
   <si>
     <t>4266</t>
   </si>
   <si>
     <t>3352</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4266/proj._lei_no_3352-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO À RUA 10.228, SITUADA NO ECOVALLEY, NA FORMA QUE ESPECIFICA. "RUA THIAGO MARLLON DE SOUSA DO SACRAMENTO".</t>
+    <t>Dá denominação à Rua 10.228, situada no Ecovalley, na forma que especifica.</t>
   </si>
   <si>
     <t>4270</t>
   </si>
   <si>
     <t>3353</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4270/proj._lei_no_3353-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO À RUA 10.217, SITUADA NO ECOVALLEY, NA FORMA QUE ESPECIFICA. "RUA CARLOS LAURINDO DA SILVA".</t>
+    <t>Dá denominação à Rua 10.217, situada no Ecovalley, na forma que especifica.</t>
   </si>
   <si>
     <t>4277</t>
   </si>
   <si>
     <t>3354</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4277/proj._lei_no_3354-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO À BASE AEROMÉDICA DO SAMU DE SARANDI, ANEXO AO CENTRO DE ESPECIALIDADES, JARDIM SOCIAL, NA FORMA QUE ESPECIFICA.</t>
+    <t>Dá denominação à Base Aeromédica do SAMU de Sarandi, anexo ao Centro de Especialidades, Jardim Social, na forma que especifica.</t>
   </si>
   <si>
     <t>4278</t>
   </si>
   <si>
     <t>3355</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4278/proj._lei_no_3355-2023.pdf</t>
   </si>
   <si>
-    <t>CONCEDE TÍTULO DE UTILIDADE PÚBLICA AO INSTITUTO VIDA RENOVADA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>Concede Título de Utilidade Pública ao Instituto Vida Renovada e dá outras providências.</t>
   </si>
   <si>
     <t>4279</t>
   </si>
   <si>
     <t>3356</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4279/proj._lei_no_3356-2023.pdf</t>
   </si>
   <si>
     <t>4280</t>
   </si>
   <si>
     <t>3357</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4280/proj._lei_no_3357-2023.pdf</t>
   </si>
   <si>
-    <t>INSTITUI O FUNDO MUNICIPAL DO NÚCLEO DE ENSINO DA GUARDA CIVIL MUNICIPAL.</t>
+    <t>Institui o Fundo Municipal do Núcleo de Ensino da Guarda Civil Municipal.</t>
   </si>
   <si>
     <t>4300</t>
   </si>
   <si>
     <t>3358</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4300/proj._lei_no_3358-2023.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE CONCESSÃO DE SUBSÍDIO FINANCEIRO PARA O SERVIÇO PÚBLICO DE TRANSPORTE COLETIVO URBANO DE PASSAGEIROS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>Dispõe sobre concessão de concessão de subsídio financeiro para o serviço público de transporte coletivo urbano de passageiros e dá outras providências.</t>
   </si>
   <si>
     <t>4320</t>
   </si>
   <si>
     <t>3359</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4320/proj._lei_no_3359-2023.pdf</t>
   </si>
   <si>
-    <t>AUTORIZA O MUNICÍPIO DE SARANDI-PR ATRAVÉS DO CHEFE DO PODER EXECUTIVO MUNICIPAL A OUTORGAR PERMUTA DE IMÓVEL DO PATRIMÔNIO PÚBLICO MUNICIPAL POR IMÓVEL PARTICULAR, NA FORMA COMO ESPECIFICA.</t>
+    <t>Autoriza o Município de Sarandi-PR através do Chefe do Poder Executivo Municipal a outorgar permuta de imóvel do Patrimônio Público Municipal por imóvel particular, na forma que especifica.</t>
   </si>
   <si>
     <t>4321</t>
   </si>
   <si>
     <t>3360</t>
   </si>
   <si>
     <t>Gilberto Messias de Pinas "Gil", Eunildo Zanchim "Nildão"</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4321/proj._lei_no_3360-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO À RUA 1001, SITUADA NO JARDIM ITÁLIA, NA FORMA QUE ESPECIFICA. "RUA NORALDINO AURELIANO DA CRUZ".</t>
+    <t>Dá denominação à Rua 1001, situada no Jardim Itália, na forma que especifica.</t>
   </si>
   <si>
     <t>4322</t>
   </si>
   <si>
     <t>3361</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4322/proj._lei_no_3361-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO À RUA 1002, SITUADA NO JARDIM ITÁLIA, NA FORMA QUE ESPECIFICA. "RUA GILDO MORETTO NETO".</t>
+    <t>Dá denominação à Rua 1002, situada no Jardim Itália, na forma que especifica.</t>
   </si>
   <si>
     <t>4323</t>
   </si>
   <si>
     <t>3362</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4323/proj._lei_no_3362-2023.pdf</t>
   </si>
   <si>
     <t>4324</t>
   </si>
   <si>
     <t>3363</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4324/proj._lei_no_3363-2023.pdf</t>
   </si>
   <si>
     <t>4343</t>
   </si>
   <si>
     <t>3364</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4343/proj._lei_no_3364-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO AO CENTRO DE REFERÊNCIA DE ASSISTÊNCIA SOCIAL - CRAS, SITUADO NA RUA DOM JOÃO VI, N° 1614, JARDIM INDEPENDÊNCIA, NA FORMA QUE ESPECIFICA. "DONA EMERENCIANA DE ALMEIDA TEIXEIRA".</t>
+    <t>Dá denominação ao Centro de Referência de Assistência Social - CRAS, situado na Rua Dom João VI, nº 1614, Jardim Independência, na forma que especifica.</t>
   </si>
   <si>
     <t>4344</t>
   </si>
   <si>
     <t>3365</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4344/proj._lei_no_3365-2023.pdf</t>
   </si>
   <si>
     <t>4364</t>
   </si>
   <si>
     <t>3366</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4364/proj._lei_no_3366-2023.pdf</t>
   </si>
   <si>
-    <t>INSTITUI O PROGRAMA LEI MAIO LARANJA VAI À ESCOLA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>Institui o Programa Lei Maio Laranja vai à Escola e dá outras providências.</t>
   </si>
   <si>
     <t>4365</t>
   </si>
   <si>
     <t>3367</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4365/proj._lei_no_3367-2023.pdf</t>
   </si>
   <si>
-    <t>INSTITUI A “HORA DO SILÊNCIO” EM PARQUES DE EVENTOS E DE DIVERSÃO COM MÚSICA EM BENEFÍCIO DAS PESSOAS COM DIAGNÓSTICO DE TRANSTORNO DO ESPECTRO AUTISTA (TEA) E SUAS FAMÍLIAS NO MUNICÍPIO DE SARANDI E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>Institui a "Hora do Silêncio" em parques de eventos e de diversão com música em benefício das pessoas com diagnóstico de Transtorno do Espectro Autista (TEA) e suas famílias no município de Sarandi e dá outras providências.</t>
   </si>
   <si>
     <t>4385</t>
   </si>
   <si>
     <t>3368</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4385/proj._lei_no_3368-2023.pdf</t>
   </si>
   <si>
     <t>4386</t>
   </si>
   <si>
     <t>3369</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4386/proj._lei_no_3369-2023.pdf</t>
   </si>
   <si>
     <t>4389</t>
   </si>
   <si>
     <t>3370</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4389/proj._lei_no_3370-2023.pdf</t>
   </si>
   <si>
+    <t>Dispõe sobre o Plano de Mobilidade do Município de Sarandi, nos termos da Lei Complementar do Plano Diretor e dá outras providências.</t>
+  </si>
+  <si>
     <t>4390</t>
   </si>
   <si>
     <t>3371</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4390/proj._lei_no_3371-2023.pdf</t>
   </si>
   <si>
-    <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A DELEGAR A COMPETÊNCIA DE ORDENADOR DE DESPESAS AOS SECRETÁRIOS MUNICIPAIS, CHEFE DE GABINETE E CONTROLADOR(A) GERAL DE SARANDI/PR E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>Autoriza o Chefe do Poder Executivo Municipal a delegar a competência de ordenador de despesas aos Secretários Municipais, Chefe de Gabinete e Controlador (A) Geral de Sarandi/PR e dá outras providências.</t>
   </si>
   <si>
     <t>4391</t>
   </si>
   <si>
     <t>3372</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4391/proj._lei_no_3372-2023.pdf</t>
   </si>
   <si>
-    <t>ALTERA O ART. 1º E SEU PARÁGRAFO 3º E PARÁGRAFO 2º DO ART 2º DA LEI 2692/2021, NA FORMA QUE ESPECIFICA.</t>
+    <t>Altera o art. 1º e seu parágrafo 3º e parágrafo 2º da Lei 2692/2021, na forma que especifica.</t>
   </si>
   <si>
     <t>4411</t>
   </si>
   <si>
     <t>3373</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4411/proj._lei_no_3373-2023.pdf</t>
   </si>
   <si>
-    <t>AUTORIZA O CHEFE DO PODER EXECUTIVO DO MUNICÍPIO DE SARANDI – PR A ALIENAR IMÓVEIS DE PROPRIEDADE DESTA MUNICIPALIDADE, VISANDO A CONSTRUÇÃO E AMPLIAÇÃO DAS ESCOLAS E CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL.</t>
+    <t>Autoriza o Chefe do Poder Executivo do Município de Sarandi - PR a alienar imóveis de propriedade desta municipalidade, visando a construção e ampliação das Escolas e Centro Municipal de Educação Infantil.</t>
   </si>
   <si>
     <t>4412</t>
   </si>
   <si>
     <t>3374</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4412/proj._lei_no_3374-2023.pdf</t>
   </si>
   <si>
+    <t>Autoriza o Poder Executivo Municipal a efetuar Abertura de Crédito Adicional Especial, na forma que especifica.</t>
+  </si>
+  <si>
     <t>4414</t>
   </si>
   <si>
     <t>3375</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4414/proj._lei_no_3375-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a efetuar abertura de crédito adicional especial, na forma que especifica.</t>
   </si>
   <si>
     <t>4415</t>
   </si>
   <si>
     <t>3376</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4415/proj._lei_no_3376-2023_.pdf</t>
   </si>
   <si>
     <t>4416</t>
   </si>
   <si>
     <t>3377</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4416/proj._lei_no_3377-2023.pdf</t>
   </si>
   <si>
     <t>4417</t>
   </si>
   <si>
     <t>3378</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4417/proj._lei_no_3378-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO AO VIADUTO ACIMA DA BR-376, SITUADO NA AVENIDA LONDRINA, CENTRO DE SARANDI-PR, NA FORMA QUE ESPECIFICA. "FRANCISCO RODRIGUES CORREIA".</t>
+    <t>Dá denominação ao Viaduto acima da BR-376, situado na Avenida Londrina, Centro de Sarandi-PR, na forma que especifica.</t>
   </si>
   <si>
     <t>4418</t>
   </si>
   <si>
     <t>3379</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4418/proj._lei_no_3379-2023.pdf</t>
   </si>
   <si>
     <t>4419</t>
   </si>
   <si>
     <t>3380</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4419/proj._lei_no_3380-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO AO VIADUTO ACIMA DA BR-376, SITUADO ENTRE A RUA PEDRO GALINDO GARCIA E A AVENIDA DEPUTADO BORSARI NETO, CENTRO DE SARANDI-PR, NA FORMA QUE ESPECIFICA. "LEONEL AMORIM".</t>
+    <t>Dá denominação ao Viaduto acima da BR-376, situado entre a Rua Galindo Garcia e a Avenida Deputado Borsari Neto, Centro de Sarandi- PR, na forma que especifica.</t>
   </si>
   <si>
     <t>4420</t>
   </si>
   <si>
     <t>3381</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4420/proj._lei_no_3381-2023_.pdf</t>
   </si>
   <si>
     <t>4421</t>
   </si>
   <si>
     <t>3382</t>
   </si>
   <si>
     <t>CLJRF - Comissão de Legislação, Justiça e Redação Final, COF - Comissão de Orçamento e Finanças</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4421/proj._lei_no_3382-2023.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE A NORMATIZAÇÃO PARA DENOMINAÇÃO DE LOGRADOUROS PÚBLICOS, ASSIM COMO EQUIPAMENTOS COMUNITÁRIOS E URBANOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>Dispõe sobre a normatização para denominação de logradouros públicos, assim como equipamentos comunitários e urbanos e dá outras providências.</t>
   </si>
   <si>
     <t>4441</t>
   </si>
   <si>
     <t>3383</t>
   </si>
   <si>
     <t>Eunildo Zanchim "Nildão", Belmiro da Silva Farias "Belmiro Barbeiro", Dionizio Aparecido Viaro "Dionizio da Diocar", Fábio de Souza Silveira "Fábio Balako", Gilberto Messias de Pinas "Gil", Ireni Moura Farias "Irene Moura"</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4441/proj._lei_no_3383-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO AO PAÇO MUNICIPAL DE SARANDI, NA FORMA QUE ESPECIFICA. “PIONEIRA TEREZA ESCOPELI VOLPATO”.</t>
+    <t>Dá denominação ao Paço Municipal de Sarandi, na forma que especifica.</t>
   </si>
   <si>
     <t>4445</t>
   </si>
   <si>
     <t>3384</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4445/proj._lei_no_3384-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO À RUA PROJETADA A, SITUADA NO JARDIM SÃO PAULO, NA FORMA QUE ESPECIFICA. "RUA DORCILIO ANTONIO DOS PASSOS”.</t>
+    <t>Dá denominação à Rua Projetada A, situada no Jardim São Paulo, na forma que especifica.</t>
   </si>
   <si>
     <t>4446</t>
   </si>
   <si>
     <t>3385</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4446/proj._lei_no_3385-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO À RUA PROJETADA A, SITUADA NO JARDIM SÃO PAULO II, NA FORMA QUE ESPECIFICA. “RUA ARCEU MESSIAS DE PINAS”.</t>
+    <t>Dá denominação à Rua Projetada A, situada no Jardim São Paulo II, na forma que especifica.</t>
   </si>
   <si>
     <t>4447</t>
   </si>
   <si>
     <t>3386</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4447/proj._lei_no_3386-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO À RUA PROJETADA S, SITUADA NO JARDIM MONTREAL, NA FORMA QUE ESPECIFICA. “RUA ALCIDES MESSIAS DE PINAS”.</t>
+    <t>Dá denominação à Rua Projetada S, situada no Jardim Montreal, na forma que especifica.</t>
   </si>
   <si>
     <t>4448</t>
   </si>
   <si>
     <t>3387</t>
   </si>
   <si>
     <t>Eunildo Zanchim "Nildão", Fábio de Souza Silveira "Fábio Balako"</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4448/proj._lei_no_3387-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO À PRAÇA SITUADA NO JARDIM AURORA 4, NA FORMA QUE ESPECIFICA. “PRAÇA PADRE JOÃO CARUANA”.</t>
+    <t>Dá denominação à Praça situada no Jardim Aurora 4, na forma que especifica.</t>
   </si>
   <si>
     <t>4450</t>
   </si>
   <si>
     <t>3388</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4450/proj._lei_no_3388-2023.pdf</t>
   </si>
   <si>
-    <t>CRIA LEI MUNICIPAL QUE GARANTE AO SERVIDOR EFETIVO POSSIBILIDADE DE REDUÇÃO DE CARGA HORÁRIA E FIXAÇÃO DOS CRITÉRIOS E DOS PROCEDIMENTOS A SEREM ADOTADOS PARA A CONCESSÃO, NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA DIRETA DO PODER EXECUTIVO MUNICIPAL, EXCETUADO PODER LEGISLATIVO E AUTARQUIA, NA FORMA QUE ESPECIFICA.</t>
+    <t>Cria Lei Municipal que garante ao servidor efetivo possibilidade de redução de carga horária e fixação dos critérios e dos procedimentos a serem adotados para a concessão, no âmbito da Administração Pública Direta do Poder Executivo Municipal, excetuado Poder Legislativo e Autarquia, na forma que especifica.</t>
   </si>
   <si>
     <t>4451</t>
   </si>
   <si>
     <t>3389</t>
   </si>
   <si>
     <t>Fábio de Souza Silveira "Fábio Balako", Adriano Ferreira Amorim "Adriano Amorim", Antonia Eloiza F. de Aguiar "Toninha Aguiar", Erasmo Cardoso Pereira "Erasmo da Saúde", Ireni Moura Farias "Irene Moura", Keila Batista Zegobia "Keila Zegobia"</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4451/proj._lei_no_3389-2023_.pdf</t>
   </si>
   <si>
-    <t>INSTITUI O OUTUBRO ROSA, MÊS DEDICADO À PREVENÇÃO DO CÂNCER DE MAMA NO MUNICÍPIO DE SARANDI E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>Institui o Outubro Rosa, mês dedicado à Prevenção do Câncer de Mama no Município de Sarandi e dá outras providências.</t>
   </si>
   <si>
     <t>4452</t>
   </si>
   <si>
     <t>3390</t>
   </si>
   <si>
     <t>Keila Batista Zegobia "Keila Zegobia", Ireni Moura Farias "Irene Moura"</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4452/proj._lei_no_3390-2023.pdf</t>
   </si>
   <si>
-    <t>INSTITUI O DIA MUNICIPAL DO PROTETOR E CUIDADOR DE ANIMAIS NO MUNICÍPIO DE SARANDI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>Institui o Dia Municipal do Protetor e Cuidador de Animais no Município de Sarandi, e dá outras providências.</t>
   </si>
   <si>
     <t>4453</t>
   </si>
   <si>
     <t>3391</t>
   </si>
   <si>
     <t>Fábio de Souza Silveira "Fábio Balako", Adriano Ferreira Amorim "Adriano Amorim", Belmiro da Silva Farias "Belmiro Barbeiro", Dionizio Aparecido Viaro "Dionizio da Diocar", Erasmo Cardoso Pereira "Erasmo da Saúde", Gilberto Messias de Pinas "Gil", Ireni Moura Farias "Irene Moura"</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4453/proj._lei_no_3391-2023.pdf</t>
   </si>
   <si>
-    <t>INSTITUI O NOVEMBRO AZUL, MÊS DEDICADO À PREVENÇÃO DO CÂNCER DE PRÓSTATA NO MUNICÍPIO DE SARANDI.</t>
+    <t>Institui o Novembro Azul, mês dedicado à prevenção do Câncer de Próstata no município de Sarandi.</t>
   </si>
   <si>
     <t>4454</t>
   </si>
   <si>
     <t>3392</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4454/proj._lei_no_3392-2023.pdf</t>
   </si>
   <si>
-    <t>INSTITUI O MAIO FURTA-COR, MÊS DEDICADO ÀS AÇÕES DE CONSCIENTIZAÇÃO, INCENTIVO AO CUIDADO E PROMOÇÃO DA SAÚDE MENTAL MATERNA NO MUNICÍPIO DE SARANDI.</t>
+    <t>Institui o Maio Furta-Cor, mês dedicado às ações de conscientização, incentivo ao cuidado e promoção da saúde mental materna no Município de Sarandi.</t>
   </si>
   <si>
     <t>4455</t>
   </si>
   <si>
     <t>3393</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4455/proj._lei_no_3393-2023.pdf</t>
   </si>
   <si>
-    <t>INSTITUI O DIA DOS COLECIONADORES, ATIRADORES E CAÇADORES – CAC’S NO MUNICÍPIO DE SARANDI.</t>
+    <t>Institui o Dia dos Colecionadores, Atiradores e Caçadores - CAC'S no Município de Sarandi.</t>
   </si>
   <si>
     <t>4456</t>
   </si>
   <si>
     <t>3394</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4456/proj._lei_no_3394-2023.pdf</t>
   </si>
   <si>
-    <t>INSTITUI A SEMANA DE SENSIBILIZAÇÃO À PERDA GESTACIONAL, NEONATAL E INFANTIL NO MUNICÍPIO DE SARANDI.</t>
+    <t>Institui a Semana de Sensibilização à Perda Gestacional, Neonatal e Infantil no Município de Sarandi.</t>
   </si>
   <si>
     <t>4457</t>
   </si>
   <si>
     <t>3395</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4457/proj._lei_no_3395-2023.pdf</t>
   </si>
   <si>
-    <t>AUTORIZA O PODER EXECUTIVO A CONTRIBUIR MENSALMENTE COM ENTIDADES NACIONAIS, ESTADUAL, REGIONAL E MICRORREGIONAL, DE REPRESENTAÇÃO DOS MUNICÍPIOS DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>Autoriza o Poder Executivo a contribuir mensalmente com nacionais, estadual, regional e microrregional, de representação dos municípios do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>4460</t>
   </si>
   <si>
     <t>3396</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4460/proj._lei_no_3396-2023.pdf</t>
   </si>
   <si>
     <t>4464</t>
   </si>
   <si>
     <t>3397</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4464/proj._lei_no_3397-2023.pdf</t>
   </si>
   <si>
-    <t>AUTORIZA O PODER EXECUTIVO A FAZER TRANSFERÊNCIA VOLUNTÁRIA PARA O SERVIÇO MUNICIPAL DE SANEAMENTO AMBIENTAL – ÁGUAS DE SARANDI, NA FORMA QUE ESPECIFICA.</t>
+    <t>Autoriza o Poder Executivo a fazer transferência voluntária para o Serviço Municipal de Saneamento Ambiental - Águas de Sarandi, na forma que especifica.</t>
   </si>
   <si>
     <t>4465</t>
   </si>
   <si>
     <t>3398</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4465/proj._lei_no_3398-2023.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE A ALTERAÇÃO DO FERIADO DE ANIVERSÁRIO DO MUNICÍPIO, NA FORMA QUE ESPECIFICA.</t>
+    <t>Dispõe sobre a alteração do feriado de Aniversário do Município, na forma que especifica.</t>
   </si>
   <si>
     <t>4503</t>
   </si>
   <si>
     <t>3399</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4503/proj._lei_no_3399-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO AO CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL – CMEI, SITUADO NA RUA ALCIDES NUNES ITA JORENTE, S/N, JARDIM OURO VERDE II, NA FORMA QUE ESPECIFICA. “PROFESSORA SANDRA MARIA VASCONCELO”.</t>
+    <t>Dá denominação ao Centro Municipal de Educação Infantil - CMEI, situado na Rua Alcides Nunes Ita Jorente, S/N, Jardim Ouro Verde II, na forma que especifica.</t>
   </si>
   <si>
     <t>4522</t>
   </si>
   <si>
     <t>3400</t>
   </si>
   <si>
     <t>Ireni Moura Farias "Irene Moura", Eunildo Zanchim "Nildão"</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4522/proj._lei_no_3400-2023.pdf</t>
   </si>
   <si>
-    <t>ALTERA A LEI Nº 2.912, DE 02 DE JUNHO DE 2023, NA FORMA QUE ESPECIFICA.</t>
+    <t>Altera a Lei nº 2.912, de 02 de junho de 2023, na forma que especifica.</t>
   </si>
   <si>
     <t>4547</t>
   </si>
   <si>
     <t>3401</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4547/proj._lei_no_3401-2023.pdf</t>
   </si>
   <si>
+    <t>Dispõe sobre a alteração dos Anexos do PPA - Plano Plurianual do Município de Sarandi do Quadriênio 2022 a 2025, na forma que especifica.</t>
+  </si>
+  <si>
     <t>4548</t>
   </si>
   <si>
     <t>3402</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4548/proj._lei_no_3402-2023.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE A ALTERAÇÃO DO ANEXO DE METAS E PRIORIDADES E ANEXOS DE METAS FISCAIS DA LEI DE DIRETRIZES ORÇAMENTÁRIAS – LDO, DO EXERCÍCIO DE 2024, NA FORMA QUE ESPECIFICA.</t>
+    <t>Dispõe sobre a alteração do Anexo de Metas e Prioridades e Anexos de Metas Fiscais da Lei de Diretrizes Orçamentárias - LDO, do Exercício de 2024, na forma que especifica.</t>
   </si>
   <si>
     <t>4549</t>
   </si>
   <si>
     <t>3403</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4549/proj._lei_no_3403-2023.pdf</t>
   </si>
   <si>
-    <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE SARANDI PARA O EXERCÍCIO DE 2024, NA FORMA QUE ESPECIFICA. (R$ 527.339.005,14 - QUINHENTOS E VINTE E SETE MILHÕES, TREZENTOS E TRINTA E NOVE MIL, CINCO REAIS E QUATORZE CENTAVOS).</t>
+    <t>Estima a Receita e fixa a Despesa do Município de Sarandi para o Exercício de 2024, na forma que especifica.</t>
   </si>
   <si>
     <t>4550</t>
   </si>
   <si>
     <t>3404</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4550/proj._lei_no_3404-2023.pdf</t>
   </si>
   <si>
-    <t>DÁ DENOMINAÇÃO À RUA JAYME ARMELIN, SITUADA NO RESIDENCIAL PARQUE AVENIDA, NA FORMA QUE ESPECIFICA. “RUA ALAOR ORLANDO”.</t>
+    <t>Dá denominação à Rua Jayme Armelin, situada no Residencial Parque Avenida, na forma que especifica.</t>
   </si>
   <si>
     <t>4567</t>
   </si>
   <si>
     <t>3405</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4567/proj._lei_no_3405-2023.pdf</t>
   </si>
   <si>
-    <t>RECONHECE O CORDÃO DE GIRASSOL COMO INSTRUMENTO AUXILIAR DE ORIENTAÇÃO PARA IDENTIFICAÇÃO DE PESSOAS COM DEFICIÊNCIAS OCULTAS.</t>
+    <t>Reconhece o cordão de Girassol como instrumento auxiliar de orientação para para identificação de pessoas com deficiências ocultas.</t>
   </si>
   <si>
     <t>4568</t>
   </si>
   <si>
     <t>3406</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4568/proj._lei_no_3406-2023.pdf</t>
   </si>
   <si>
-    <t>DETERMINA A COLOCAÇÃO OBRIGATÓRIA DO CÓDIGO DE BARRAS BIDIMENSIONAL QR ("QR CODE") EM TODAS AS PLACAS DE OBRAS PÚBLICAS E NOS CANAIS AUDIOVISUAIS DE DIVULGAÇÃO EM QUE A OBRA É DIVULGADA, NO MUNICÍPIO DE SARANDI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>Determina a colocação obrigatória do código de barras bidimensional QR ("QR Code") em todas as placas de obras públicas e nos canais audiovisuais de divulgação em que a obra é divulgada, no município de Sarandi, e dá outras providências.</t>
   </si>
   <si>
     <t>4591</t>
   </si>
   <si>
     <t>3407</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4591/proj._lei_no_3407-2023.pdf</t>
   </si>
   <si>
-    <t>AUTORIZA O PODER EXECUTIVO A DENOMINAR DE “AVENIDA DOM JAIME LUIZ COELHO”, A AVENIDA NOVA SÃO PAULO, SITUADA NO JARDIM CENTRO CÍVICO, DESTA CIDADE NA FORMA QUE ESPECIFICA.</t>
+    <t>Autoriza o Poder Executivo a denominar de "Avenida Dom Jaime Luiz Coelho", a Avenida Nova São Paulo, situada no Jardim Centro Cívico, desta cidade na forma que especifica.</t>
   </si>
   <si>
     <t>4592</t>
   </si>
   <si>
     <t>3408</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4592/proj._lei_no_3408-2023.pdf</t>
   </si>
   <si>
-    <t>AUTORIZA O PODER EXECUTIVO A DENOMINAR DE “ANTONIO FACCI”, O AUDITÓRIO DO NOVO PAÇO MUNICIPAL, NA FORMA QUE ESPECIFICA.</t>
+    <t>Autoriza o Poder Executivo a denominar de "Antonio Facci", o auditório do novo Paço Municipal, na forma que especifica.</t>
   </si>
   <si>
     <t>4612</t>
   </si>
   <si>
     <t>3409</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4612/proj._lei_no_3409-2023.pdf</t>
   </si>
   <si>
     <t>4636</t>
   </si>
   <si>
     <t>3410</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4636/proj._lei_no_3410-2023.pdf</t>
   </si>
   <si>
     <t>4638</t>
   </si>
   <si>
     <t>3411</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4638/proj._lei_no_3411-2023.pdf</t>
   </si>
   <si>
-    <t>INSTITUI O SERVIÇO DE ACOLHIMENTO FAMILIAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>Institui o serviço de acolhimento familiar e dá outras providências.</t>
   </si>
   <si>
     <t>4706</t>
   </si>
   <si>
     <t>3412</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4706/proj._lei_no_3412-2023.pdf</t>
   </si>
   <si>
-    <t>ALTERA A LEI Nº 2.859, DE 13 DE SETEMBRO DE 2022, NA FORMA QUE ESPECIFICA.</t>
+    <t>Altera a Lei nº 2.859, de 13 de setembro de 2022, na forma que especifica.</t>
   </si>
   <si>
     <t>4744</t>
   </si>
   <si>
     <t>3413</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4744/proj._lei_no_3413-2023.pdf</t>
   </si>
   <si>
-    <t>ALTERA A REDAÇÃO DA LEI 2.446/2018, QUE DISPÕE SOBRE A INSERÇÃO DO SÍMBOLO MUNDIAL DA CONSCIENTIZAÇÃO DO TRANSTORNO DO ESPECTRO AUTISTA NAS PLACAS INFORMATIVAS DE ATENDIMENTO PRIORITÁRIO DOS ESTABELECIMENTOS PÚBLICOS E PRIVADOS DO MUNICÍPIO DE SARANDI.</t>
+    <t>Altera a redação da Lei 2.446/2018, que dispõe sobre a inserção do símbolo mundial de conscientização do transtorno do espectro autista nas placas informativas de atendimento prioritário dos estabelecimentos públicos e privados do município de Sarandi.</t>
   </si>
   <si>
     <t>4745</t>
   </si>
   <si>
     <t>3414</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4745/proj._lei_no_3414-2023.pdf</t>
   </si>
   <si>
-    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR A DOAÇÃO DE BEM MÓVEL AO PODER LEGISLATIVO MUNICIPAL.</t>
+    <t>Autoriza o Poder Executivo Municipal a realizar a doação de bem móvel ao Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>4746</t>
   </si>
   <si>
     <t>3415</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4746/proj._lei_no_3415-2023.pdf</t>
   </si>
   <si>
-    <t>AUTORIZA O PODER LEGISLATIVO MUNICIPAL A REALIZAR A DOAÇÃO DE BEM MÓVEL AO PODER EXECUTIVO MUNICIPAL.</t>
+    <t>Autoriza o Poder Legislativo Municipal a realizar a doação de bem móvel ao Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>4747</t>
   </si>
   <si>
     <t>3416</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4747/proj._lei_no_3416-2023.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE ALTERAÇÃO DO ARTIGO 7º E SEUS PARÁGRAFOS DA LEI ORDINÁRIA 2710/2021.</t>
+    <t>Dispõe sobre alteração do artigo 7º e seus parágrafos da Lei Ordinária 2710/2021.</t>
   </si>
   <si>
     <t>4748</t>
   </si>
   <si>
     <t>3417</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4748/proj._lei_no_3417-2023.pdf</t>
   </si>
   <si>
-    <t>ALTERA OS VALORES DE PREMIAÇÕES, DE QUE TRATAM OS PARÁGRAFOS 1º E EXCLUSÃO DO PARÁGRAFO 2º, DO ARTIGO 3º, DA LEI MUNICIPAL Nº 2755, DE 16 DE NOVEMBRO DE 2021, NA FORMA QUE ESPECIFICA.</t>
+    <t>Altera os valores de premiações, de que tratam os parágrafos 1º e exclusão do parágrafo 2º, do artigo 3º, da Lei Municipal nº 2755, de 16 de novembro de 2021, na forma que especifica.</t>
   </si>
   <si>
     <t>4774</t>
   </si>
   <si>
     <t>3418</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4774/proj._lei_no_3418-2023.pdf</t>
   </si>
   <si>
-    <t>INSTITUI A SEMANA DE ADOÇÃO, PROTEÇÃO E BEM-ESTAR DOS ANIMAIS NO MUNICÍPIO DE SARANDI.</t>
+    <t>Institui a Semana de Adoção, Proteção e Bem-Estar dos Animais no Município de Sarandi.</t>
   </si>
   <si>
     <t>4775</t>
   </si>
   <si>
     <t>3419</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4775/proj._lei_no_3419-2023.pdf</t>
   </si>
   <si>
-    <t>INSTITUI O DIA DO VEREADOR MIRIM NO MUNICÍPIO DE SARANDI.</t>
+    <t>Institui o Dia do Vereador Mirim no Município de Sarandi.</t>
   </si>
   <si>
     <t>4777</t>
   </si>
   <si>
     <t>3420</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4777/proj._lei_no_3420-2023.pdf</t>
   </si>
   <si>
-    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÕES DE CRÉDITO COM O BANCO REGIONAL DE DESENVOLVIMENTO DO EXTREMO SUL – BRDE, NA FORMA EM QUE ESPECIFICA.</t>
+    <t>Autoriza o Poder Executivo Municipal a contratar operações de crédito com o Banco Regional de Desenvolvimento do Extremo Sul - BRDE, na forma que especifica.</t>
   </si>
   <si>
     <t>4778</t>
   </si>
   <si>
     <t>3421</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4778/proj._lei_no_3421-2023.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE DENOMINAÇÃO AO CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL – CMEI, SITUADO NA RUA ALCIDES NUNES ITA JORENTE, S/N, JARDIM OURO VERDE II, DESTA CIDADE, NA FORMA QUE ESPECIFICA. “CMEI PROFESSORA MARIA DO CARMO”.</t>
+    <t>Dispõe sobre a denominação ao Centro Municipal de Educação Infantil - CMEI, situado na Rua Alcides Nunes Ita Jorente, s/n, Jardim Ouro Verde II, desta cidade, na forma que especifica.</t>
   </si>
   <si>
     <t>4779</t>
   </si>
   <si>
     <t>3422</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4779/proj._lei_no_3422-2023.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE O PROCEDIMENTO PARA A INSTALAÇÃO DE INFRAESTRUTURA DE SUPORTE PARA ESTAÇÃO TRANSMISSORA DE RADIOCOMUNICAÇÃO – ETR.</t>
+    <t>Dispõe sobre o procedimento para instalação de infraestrutura de suporte para Estação Transmissora de Radiocomunicação - ETR.</t>
   </si>
   <si>
     <t>4780</t>
   </si>
   <si>
     <t>3423</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4780/proj._lei_no_3423-2023.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE A DIVULGAÇÃO, PELOS PODERES EXECUTIVO E LEGISLATIVO, DAS AÇÕES QUE CARACTERIZAM A PRÁTICA DE ASSÉDIO MORAL NO AMBIENTE DE TRABALHO, NA FORMA QUE ESPECIFICA.</t>
+    <t>Dispõe sobre a divulgação, pelos Poderes Executivo e Legislativo, das ações que caracterizam a prática de assédio moral no ambiente de trabalho, na forma que especifica.</t>
   </si>
   <si>
     <t>4781</t>
   </si>
   <si>
     <t>3424</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4781/proj._lei_no_3424-2023.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE O RECONHECIMENTO DO WHEELING, “GRAU”, E DEMAIS MANOBRAS DE MOTOCICLETAS COMO PRÁTICA ESPORTIVA NO ÂMBITO ESTADUAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>Dispõe sobre o reconhecimento do Wheeling, "Grau", e demais manobras de Motocicletas como prática esportiva no âmbito estadual e dá outras providências.</t>
   </si>
   <si>
     <t>4782</t>
   </si>
   <si>
     <t>3425</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4782/proj._lei_no_3425-2023.pdf</t>
   </si>
   <si>
-    <t>INSTITUI O ENCONTRO REGIONAL DE CARROS ANTIGOS NO MUNICÍPIO DE SARANDI.</t>
+    <t>Institui o Encontro Regional de Carros Antigos no Município de Sarandi.</t>
   </si>
   <si>
     <t>4783</t>
   </si>
   <si>
     <t>3426</t>
   </si>
   <si>
     <t>Adriano Ferreira Amorim "Adriano Amorim", Antonia Eloiza F. de Aguiar "Toninha Aguiar", Belmiro da Silva Farias "Belmiro Barbeiro", Dionizio Aparecido Viaro "Dionizio da Diocar", Eunildo Zanchim "Nildão", Gilberto Messias de Pinas "Gil", Ireni Moura Farias "Irene Moura"</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4783/proj._lei_no_3426-2023_.pdf</t>
   </si>
   <si>
-    <t>ASSEGURA O ACESSO A MEDICAMENTOS E PRODUTOS À BASE DE CANABIDIOL (CBD) E TETRAHIDROCANABIDIOL (THC) PARA TRATAMENTO DE DOENÇAS, SÍNDROMES E TRANSTORNOS DE SAÚDE.</t>
+    <t>Assegura o acesso a medicamentos e produtos à base de canabidiol (CBD) e tetrahidrocanabidiol (THC) para tratamentos de doenças, síndromes e transtornos de saúde.</t>
   </si>
   <si>
     <t>4786</t>
   </si>
   <si>
     <t>3427</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4786/proj._lei_no_3427-2023.pdf</t>
   </si>
   <si>
-    <t>ALTERA A LEI Nº 2.860, DE 13 DE SETEMBRO DE 2022, NA FORMA QUE ESPECIFICA.</t>
+    <t>Altera a Lei nº 2.860, de 13 de setembro de 2022, na forma que especifica.</t>
   </si>
   <si>
     <t>4787</t>
   </si>
   <si>
     <t>3428</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4787/proj._lei_no_3428-2023.pdf</t>
   </si>
   <si>
-    <t>ALTERA A LEI Nº 2.869, DE 01 DE DEZEMBRO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>Altera a Lei nº 2.869, de 01 de dezembro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>4788</t>
   </si>
   <si>
     <t>3429</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4788/proj._lei_no_3429-2023.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE AS FUNÇÕES DE CONFIANÇA DA CÂMARA MUNICIPAL DE SARANDI E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>Dispõe sobre as funções de confiança da Câmara Municipal de Sarandi e dá outras providências.</t>
   </si>
   <si>
     <t>4789</t>
   </si>
   <si>
     <t>3430</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4789/proj._lei_no_3430-2023.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE AS FUNÇÕES GRATIFICADAS PELO EXERCÍCIO DE ENCARGOS ESPECIAIS NA CÂMARA MUNICIPAL DE SARANDI E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>Dispõe sobre as funções gratificadas pelo exercício de encargos especiais na Câmara Municipal de Sarandi e dá outras providências.</t>
   </si>
   <si>
     <t>4815</t>
   </si>
   <si>
     <t>3431</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4815/proj._lei_no_3431-2023.pdf</t>
   </si>
   <si>
     <t>4128</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.sarandi.pr.leg.br/media/sapl/public/materialegislativa/2023/4128/proj._resolucao_no_001-2023_tabela_de_temporalidade.pdf</t>
   </si>
   <si>
     <t>INSTITUI A TABELA DE TEMPORALIDADE DOCUMENTAL DO PODER LEGISLATIVO DE SARANDI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
@@ -23022,8761 +23031,8761 @@
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
         <v>2025</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
         <v>2026</v>
       </c>
       <c r="D509" t="s">
         <v>1749</v>
       </c>
       <c r="E509" t="s">
         <v>1750</v>
       </c>
       <c r="F509" t="s">
         <v>1548</v>
       </c>
       <c r="G509" s="1" t="s">
         <v>2027</v>
       </c>
       <c r="H509" t="s">
-        <v>1731</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>2028</v>
+        <v>2029</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>2029</v>
+        <v>2030</v>
       </c>
       <c r="D510" t="s">
         <v>1749</v>
       </c>
       <c r="E510" t="s">
         <v>1750</v>
       </c>
       <c r="F510" t="s">
         <v>1548</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>2030</v>
+        <v>2031</v>
       </c>
       <c r="H510" t="s">
-        <v>2031</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>2032</v>
+        <v>2033</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>2033</v>
+        <v>2034</v>
       </c>
       <c r="D511" t="s">
         <v>1749</v>
       </c>
       <c r="E511" t="s">
         <v>1750</v>
       </c>
       <c r="F511" t="s">
         <v>1548</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>2034</v>
+        <v>2035</v>
       </c>
       <c r="H511" t="s">
-        <v>2035</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>2036</v>
+        <v>2037</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>2037</v>
+        <v>2038</v>
       </c>
       <c r="D512" t="s">
         <v>1749</v>
       </c>
       <c r="E512" t="s">
         <v>1750</v>
       </c>
       <c r="F512" t="s">
         <v>1548</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>2038</v>
+        <v>2039</v>
       </c>
       <c r="H512" t="s">
-        <v>2039</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>2040</v>
+        <v>2041</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>2041</v>
+        <v>2042</v>
       </c>
       <c r="D513" t="s">
         <v>1749</v>
       </c>
       <c r="E513" t="s">
         <v>1750</v>
       </c>
       <c r="F513" t="s">
         <v>1548</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>2042</v>
+        <v>2043</v>
       </c>
       <c r="H513" t="s">
-        <v>1820</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>2043</v>
+        <v>2045</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>2044</v>
+        <v>2046</v>
       </c>
       <c r="D514" t="s">
         <v>1749</v>
       </c>
       <c r="E514" t="s">
         <v>1750</v>
       </c>
       <c r="F514" t="s">
         <v>1548</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>2045</v>
+        <v>2047</v>
       </c>
       <c r="H514" t="s">
-        <v>2046</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>2047</v>
+        <v>2049</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>2048</v>
+        <v>2050</v>
       </c>
       <c r="D515" t="s">
         <v>1749</v>
       </c>
       <c r="E515" t="s">
         <v>1750</v>
       </c>
       <c r="F515" t="s">
         <v>1548</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>2049</v>
+        <v>2051</v>
       </c>
       <c r="H515" t="s">
         <v>1820</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>2050</v>
+        <v>2052</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>2051</v>
+        <v>2053</v>
       </c>
       <c r="D516" t="s">
         <v>1749</v>
       </c>
       <c r="E516" t="s">
         <v>1750</v>
       </c>
       <c r="F516" t="s">
         <v>1548</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>2052</v>
+        <v>2054</v>
       </c>
       <c r="H516" t="s">
         <v>1820</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>2053</v>
+        <v>2055</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>2054</v>
+        <v>2056</v>
       </c>
       <c r="D517" t="s">
         <v>1749</v>
       </c>
       <c r="E517" t="s">
         <v>1750</v>
       </c>
       <c r="F517" t="s">
         <v>13</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>2055</v>
+        <v>2057</v>
       </c>
       <c r="H517" t="s">
-        <v>2056</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>2057</v>
+        <v>2059</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>2058</v>
+        <v>2060</v>
       </c>
       <c r="D518" t="s">
         <v>1749</v>
       </c>
       <c r="E518" t="s">
         <v>1750</v>
       </c>
       <c r="F518" t="s">
         <v>1548</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>2059</v>
+        <v>2061</v>
       </c>
       <c r="H518" t="s">
         <v>1820</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>2060</v>
+        <v>2062</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>2061</v>
+        <v>2063</v>
       </c>
       <c r="D519" t="s">
         <v>1749</v>
       </c>
       <c r="E519" t="s">
         <v>1750</v>
       </c>
       <c r="F519" t="s">
         <v>13</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>2062</v>
+        <v>2064</v>
       </c>
       <c r="H519" t="s">
-        <v>2063</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>2064</v>
+        <v>2066</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>2065</v>
+        <v>2067</v>
       </c>
       <c r="D520" t="s">
         <v>1749</v>
       </c>
       <c r="E520" t="s">
         <v>1750</v>
       </c>
       <c r="F520" t="s">
         <v>1548</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>2066</v>
+        <v>2068</v>
       </c>
       <c r="H520" t="s">
         <v>1820</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>2067</v>
+        <v>2069</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>2068</v>
+        <v>2070</v>
       </c>
       <c r="D521" t="s">
         <v>1749</v>
       </c>
       <c r="E521" t="s">
         <v>1750</v>
       </c>
       <c r="F521" t="s">
-        <v>2069</v>
+        <v>2071</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>2070</v>
+        <v>2072</v>
       </c>
       <c r="H521" t="s">
-        <v>2071</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>2072</v>
+        <v>2074</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>2073</v>
+        <v>2075</v>
       </c>
       <c r="D522" t="s">
         <v>1749</v>
       </c>
       <c r="E522" t="s">
         <v>1750</v>
       </c>
       <c r="F522" t="s">
-        <v>2074</v>
+        <v>2076</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>2075</v>
+        <v>2077</v>
       </c>
       <c r="H522" t="s">
-        <v>2076</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>2077</v>
+        <v>2079</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>2078</v>
+        <v>2080</v>
       </c>
       <c r="D523" t="s">
         <v>1749</v>
       </c>
       <c r="E523" t="s">
         <v>1750</v>
       </c>
       <c r="F523" t="s">
         <v>51</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>2079</v>
+        <v>2081</v>
       </c>
       <c r="H523" t="s">
-        <v>2080</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>2081</v>
+        <v>2083</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>2082</v>
+        <v>2084</v>
       </c>
       <c r="D524" t="s">
         <v>1749</v>
       </c>
       <c r="E524" t="s">
         <v>1750</v>
       </c>
       <c r="F524" t="s">
         <v>51</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>2083</v>
+        <v>2085</v>
       </c>
       <c r="H524" t="s">
-        <v>2084</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>2085</v>
+        <v>2087</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>2086</v>
+        <v>2088</v>
       </c>
       <c r="D525" t="s">
         <v>1749</v>
       </c>
       <c r="E525" t="s">
         <v>1750</v>
       </c>
       <c r="F525" t="s">
         <v>51</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>2087</v>
+        <v>2089</v>
       </c>
       <c r="H525" t="s">
-        <v>2088</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>2089</v>
+        <v>2091</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>2090</v>
+        <v>2092</v>
       </c>
       <c r="D526" t="s">
         <v>1749</v>
       </c>
       <c r="E526" t="s">
         <v>1750</v>
       </c>
       <c r="F526" t="s">
-        <v>2091</v>
+        <v>2093</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>2092</v>
+        <v>2094</v>
       </c>
       <c r="H526" t="s">
-        <v>2093</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>2094</v>
+        <v>2096</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>2095</v>
+        <v>2097</v>
       </c>
       <c r="D527" t="s">
         <v>1749</v>
       </c>
       <c r="E527" t="s">
         <v>1750</v>
       </c>
       <c r="F527" t="s">
         <v>1548</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>2096</v>
+        <v>2098</v>
       </c>
       <c r="H527" t="s">
-        <v>2097</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>2098</v>
+        <v>2100</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>2099</v>
+        <v>2101</v>
       </c>
       <c r="D528" t="s">
         <v>1749</v>
       </c>
       <c r="E528" t="s">
         <v>1750</v>
       </c>
       <c r="F528" t="s">
-        <v>2100</v>
+        <v>2102</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>2101</v>
+        <v>2103</v>
       </c>
       <c r="H528" t="s">
-        <v>2102</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>2103</v>
+        <v>2105</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>2104</v>
+        <v>2106</v>
       </c>
       <c r="D529" t="s">
         <v>1749</v>
       </c>
       <c r="E529" t="s">
         <v>1750</v>
       </c>
       <c r="F529" t="s">
-        <v>2105</v>
+        <v>2107</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>2106</v>
+        <v>2108</v>
       </c>
       <c r="H529" t="s">
-        <v>2107</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>2108</v>
+        <v>2110</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>2109</v>
+        <v>2111</v>
       </c>
       <c r="D530" t="s">
         <v>1749</v>
       </c>
       <c r="E530" t="s">
         <v>1750</v>
       </c>
       <c r="F530" t="s">
-        <v>2110</v>
+        <v>2112</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>2111</v>
+        <v>2113</v>
       </c>
       <c r="H530" t="s">
-        <v>2112</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>2113</v>
+        <v>2115</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>2114</v>
+        <v>2116</v>
       </c>
       <c r="D531" t="s">
         <v>1749</v>
       </c>
       <c r="E531" t="s">
         <v>1750</v>
       </c>
       <c r="F531" t="s">
         <v>42</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>2115</v>
+        <v>2117</v>
       </c>
       <c r="H531" t="s">
-        <v>2116</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>2117</v>
+        <v>2119</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>2118</v>
+        <v>2120</v>
       </c>
       <c r="D532" t="s">
         <v>1749</v>
       </c>
       <c r="E532" t="s">
         <v>1750</v>
       </c>
       <c r="F532" t="s">
         <v>122</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>2119</v>
+        <v>2121</v>
       </c>
       <c r="H532" t="s">
-        <v>2120</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>2121</v>
+        <v>2123</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>2122</v>
+        <v>2124</v>
       </c>
       <c r="D533" t="s">
         <v>1749</v>
       </c>
       <c r="E533" t="s">
         <v>1750</v>
       </c>
       <c r="F533" t="s">
         <v>56</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>2123</v>
+        <v>2125</v>
       </c>
       <c r="H533" t="s">
-        <v>2124</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>2125</v>
+        <v>2127</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>2126</v>
+        <v>2128</v>
       </c>
       <c r="D534" t="s">
         <v>1749</v>
       </c>
       <c r="E534" t="s">
         <v>1750</v>
       </c>
       <c r="F534" t="s">
         <v>1548</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>2127</v>
+        <v>2129</v>
       </c>
       <c r="H534" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>2129</v>
+        <v>2131</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>2130</v>
+        <v>2132</v>
       </c>
       <c r="D535" t="s">
         <v>1749</v>
       </c>
       <c r="E535" t="s">
         <v>1750</v>
       </c>
       <c r="F535" t="s">
         <v>1560</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>2131</v>
+        <v>2133</v>
       </c>
       <c r="H535" t="s">
         <v>1820</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>2132</v>
+        <v>2134</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>2133</v>
+        <v>2135</v>
       </c>
       <c r="D536" t="s">
         <v>1749</v>
       </c>
       <c r="E536" t="s">
         <v>1750</v>
       </c>
       <c r="F536" t="s">
         <v>1548</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>2134</v>
+        <v>2136</v>
       </c>
       <c r="H536" t="s">
-        <v>2135</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>2136</v>
+        <v>2138</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>2137</v>
+        <v>2139</v>
       </c>
       <c r="D537" t="s">
         <v>1749</v>
       </c>
       <c r="E537" t="s">
         <v>1750</v>
       </c>
       <c r="F537" t="s">
         <v>1548</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>2138</v>
+        <v>2140</v>
       </c>
       <c r="H537" t="s">
-        <v>2139</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>2140</v>
+        <v>2142</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>2141</v>
+        <v>2143</v>
       </c>
       <c r="D538" t="s">
         <v>1749</v>
       </c>
       <c r="E538" t="s">
         <v>1750</v>
       </c>
       <c r="F538" t="s">
         <v>882</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>2142</v>
+        <v>2144</v>
       </c>
       <c r="H538" t="s">
-        <v>2143</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>2144</v>
+        <v>2146</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>2145</v>
+        <v>2147</v>
       </c>
       <c r="D539" t="s">
         <v>1749</v>
       </c>
       <c r="E539" t="s">
         <v>1750</v>
       </c>
       <c r="F539" t="s">
-        <v>2146</v>
+        <v>2148</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>2147</v>
+        <v>2149</v>
       </c>
       <c r="H539" t="s">
-        <v>2148</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>2149</v>
+        <v>2151</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>2150</v>
+        <v>2152</v>
       </c>
       <c r="D540" t="s">
         <v>1749</v>
       </c>
       <c r="E540" t="s">
         <v>1750</v>
       </c>
       <c r="F540" t="s">
         <v>1548</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>2151</v>
+        <v>2153</v>
       </c>
       <c r="H540" t="s">
-        <v>1851</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>2152</v>
+        <v>2155</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>2153</v>
+        <v>2156</v>
       </c>
       <c r="D541" t="s">
         <v>1749</v>
       </c>
       <c r="E541" t="s">
         <v>1750</v>
       </c>
       <c r="F541" t="s">
         <v>1548</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>2154</v>
+        <v>2157</v>
       </c>
       <c r="H541" t="s">
-        <v>2155</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>2156</v>
+        <v>2159</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>2157</v>
+        <v>2160</v>
       </c>
       <c r="D542" t="s">
         <v>1749</v>
       </c>
       <c r="E542" t="s">
         <v>1750</v>
       </c>
       <c r="F542" t="s">
         <v>1548</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>2158</v>
+        <v>2161</v>
       </c>
       <c r="H542" t="s">
-        <v>2159</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>2160</v>
+        <v>2163</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>2161</v>
+        <v>2164</v>
       </c>
       <c r="D543" t="s">
         <v>1749</v>
       </c>
       <c r="E543" t="s">
         <v>1750</v>
       </c>
       <c r="F543" t="s">
         <v>51</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>2162</v>
+        <v>2165</v>
       </c>
       <c r="H543" t="s">
-        <v>2163</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>2164</v>
+        <v>2167</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>2165</v>
+        <v>2168</v>
       </c>
       <c r="D544" t="s">
         <v>1749</v>
       </c>
       <c r="E544" t="s">
         <v>1750</v>
       </c>
       <c r="F544" t="s">
         <v>56</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>2166</v>
+        <v>2169</v>
       </c>
       <c r="H544" t="s">
-        <v>2167</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>2168</v>
+        <v>2171</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>2169</v>
+        <v>2172</v>
       </c>
       <c r="D545" t="s">
         <v>1749</v>
       </c>
       <c r="E545" t="s">
         <v>1750</v>
       </c>
       <c r="F545" t="s">
         <v>56</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>2170</v>
+        <v>2173</v>
       </c>
       <c r="H545" t="s">
-        <v>2171</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>2172</v>
+        <v>2175</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>2173</v>
+        <v>2176</v>
       </c>
       <c r="D546" t="s">
         <v>1749</v>
       </c>
       <c r="E546" t="s">
         <v>1750</v>
       </c>
       <c r="F546" t="s">
         <v>1548</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>2174</v>
+        <v>2177</v>
       </c>
       <c r="H546" t="s">
-        <v>2175</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>2176</v>
+        <v>2179</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>2177</v>
+        <v>2180</v>
       </c>
       <c r="D547" t="s">
         <v>1749</v>
       </c>
       <c r="E547" t="s">
         <v>1750</v>
       </c>
       <c r="F547" t="s">
         <v>1548</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>2178</v>
+        <v>2181</v>
       </c>
       <c r="H547" t="s">
-        <v>2179</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>2180</v>
+        <v>2183</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>2181</v>
+        <v>2184</v>
       </c>
       <c r="D548" t="s">
         <v>1749</v>
       </c>
       <c r="E548" t="s">
         <v>1750</v>
       </c>
       <c r="F548" t="s">
         <v>1548</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>2182</v>
+        <v>2185</v>
       </c>
       <c r="H548" t="s">
         <v>1820</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>2183</v>
+        <v>2186</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>2184</v>
+        <v>2187</v>
       </c>
       <c r="D549" t="s">
         <v>1749</v>
       </c>
       <c r="E549" t="s">
         <v>1750</v>
       </c>
       <c r="F549" t="s">
         <v>1548</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>2185</v>
+        <v>2188</v>
       </c>
       <c r="H549" t="s">
         <v>1820</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>2186</v>
+        <v>2189</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>2187</v>
+        <v>2190</v>
       </c>
       <c r="D550" t="s">
         <v>1749</v>
       </c>
       <c r="E550" t="s">
         <v>1750</v>
       </c>
       <c r="F550" t="s">
         <v>1548</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>2188</v>
+        <v>2191</v>
       </c>
       <c r="H550" t="s">
-        <v>2189</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>2190</v>
+        <v>2193</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>2191</v>
+        <v>2194</v>
       </c>
       <c r="D551" t="s">
         <v>1749</v>
       </c>
       <c r="E551" t="s">
         <v>1750</v>
       </c>
       <c r="F551" t="s">
         <v>1548</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>2192</v>
+        <v>2195</v>
       </c>
       <c r="H551" t="s">
-        <v>2193</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>2194</v>
+        <v>2197</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>2195</v>
+        <v>2198</v>
       </c>
       <c r="D552" t="s">
         <v>1749</v>
       </c>
       <c r="E552" t="s">
         <v>1750</v>
       </c>
       <c r="F552" t="s">
         <v>1548</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>2196</v>
+        <v>2199</v>
       </c>
       <c r="H552" t="s">
-        <v>2197</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>2198</v>
+        <v>2201</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>2199</v>
+        <v>2202</v>
       </c>
       <c r="D553" t="s">
         <v>1749</v>
       </c>
       <c r="E553" t="s">
         <v>1750</v>
       </c>
       <c r="F553" t="s">
         <v>1548</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>2200</v>
+        <v>2203</v>
       </c>
       <c r="H553" t="s">
-        <v>2201</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>2202</v>
+        <v>2205</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>2203</v>
+        <v>2206</v>
       </c>
       <c r="D554" t="s">
         <v>1749</v>
       </c>
       <c r="E554" t="s">
         <v>1750</v>
       </c>
       <c r="F554" t="s">
         <v>1560</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>2204</v>
+        <v>2207</v>
       </c>
       <c r="H554" t="s">
-        <v>2205</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>2206</v>
+        <v>2209</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>2207</v>
+        <v>2210</v>
       </c>
       <c r="D555" t="s">
         <v>1749</v>
       </c>
       <c r="E555" t="s">
         <v>1750</v>
       </c>
       <c r="F555" t="s">
         <v>1548</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>2208</v>
+        <v>2211</v>
       </c>
       <c r="H555" t="s">
-        <v>2209</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>2210</v>
+        <v>2213</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>2211</v>
+        <v>2214</v>
       </c>
       <c r="D556" t="s">
         <v>1749</v>
       </c>
       <c r="E556" t="s">
         <v>1750</v>
       </c>
       <c r="F556" t="s">
         <v>1548</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>2212</v>
+        <v>2215</v>
       </c>
       <c r="H556" t="s">
-        <v>2213</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>2214</v>
+        <v>2217</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
-        <v>2215</v>
+        <v>2218</v>
       </c>
       <c r="D557" t="s">
         <v>1749</v>
       </c>
       <c r="E557" t="s">
         <v>1750</v>
       </c>
       <c r="F557" t="s">
         <v>32</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>2216</v>
+        <v>2219</v>
       </c>
       <c r="H557" t="s">
-        <v>2217</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>2218</v>
+        <v>2221</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>2219</v>
+        <v>2222</v>
       </c>
       <c r="D558" t="s">
         <v>1749</v>
       </c>
       <c r="E558" t="s">
         <v>1750</v>
       </c>
       <c r="F558" t="s">
         <v>195</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>2220</v>
+        <v>2223</v>
       </c>
       <c r="H558" t="s">
-        <v>2221</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>2222</v>
+        <v>2225</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>2223</v>
+        <v>2226</v>
       </c>
       <c r="D559" t="s">
         <v>1749</v>
       </c>
       <c r="E559" t="s">
         <v>1750</v>
       </c>
       <c r="F559" t="s">
         <v>1548</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>2224</v>
+        <v>2227</v>
       </c>
       <c r="H559" t="s">
-        <v>2225</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>2226</v>
+        <v>2229</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>2227</v>
+        <v>2230</v>
       </c>
       <c r="D560" t="s">
         <v>1749</v>
       </c>
       <c r="E560" t="s">
         <v>1750</v>
       </c>
       <c r="F560" t="s">
         <v>1548</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>2228</v>
+        <v>2231</v>
       </c>
       <c r="H560" t="s">
-        <v>2229</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>2230</v>
+        <v>2233</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>2231</v>
+        <v>2234</v>
       </c>
       <c r="D561" t="s">
         <v>1749</v>
       </c>
       <c r="E561" t="s">
         <v>1750</v>
       </c>
       <c r="F561" t="s">
         <v>1548</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>2232</v>
+        <v>2235</v>
       </c>
       <c r="H561" t="s">
-        <v>2233</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>2234</v>
+        <v>2237</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>2235</v>
+        <v>2238</v>
       </c>
       <c r="D562" t="s">
         <v>1749</v>
       </c>
       <c r="E562" t="s">
         <v>1750</v>
       </c>
       <c r="F562" t="s">
         <v>13</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>2236</v>
+        <v>2239</v>
       </c>
       <c r="H562" t="s">
-        <v>2237</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>2238</v>
+        <v>2241</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>2239</v>
+        <v>2242</v>
       </c>
       <c r="D563" t="s">
         <v>1749</v>
       </c>
       <c r="E563" t="s">
         <v>1750</v>
       </c>
       <c r="F563" t="s">
         <v>13</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>2240</v>
+        <v>2243</v>
       </c>
       <c r="H563" t="s">
-        <v>2241</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>2242</v>
+        <v>2245</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>2243</v>
+        <v>2246</v>
       </c>
       <c r="D564" t="s">
         <v>1749</v>
       </c>
       <c r="E564" t="s">
         <v>1750</v>
       </c>
       <c r="F564" t="s">
         <v>37</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>2244</v>
+        <v>2247</v>
       </c>
       <c r="H564" t="s">
-        <v>2245</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>2246</v>
+        <v>2249</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>2247</v>
+        <v>2250</v>
       </c>
       <c r="D565" t="s">
         <v>1749</v>
       </c>
       <c r="E565" t="s">
         <v>1750</v>
       </c>
       <c r="F565" t="s">
-        <v>2248</v>
+        <v>2251</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>2249</v>
+        <v>2252</v>
       </c>
       <c r="H565" t="s">
-        <v>2250</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>2251</v>
+        <v>2254</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>2252</v>
+        <v>2255</v>
       </c>
       <c r="D566" t="s">
         <v>1749</v>
       </c>
       <c r="E566" t="s">
         <v>1750</v>
       </c>
       <c r="F566" t="s">
         <v>1548</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>2253</v>
+        <v>2256</v>
       </c>
       <c r="H566" t="s">
-        <v>2254</v>
+        <v>2257</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>2255</v>
+        <v>2258</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>2256</v>
+        <v>2259</v>
       </c>
       <c r="D567" t="s">
         <v>1749</v>
       </c>
       <c r="E567" t="s">
         <v>1750</v>
       </c>
       <c r="F567" t="s">
         <v>1560</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>2257</v>
+        <v>2260</v>
       </c>
       <c r="H567" t="s">
-        <v>2258</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>2259</v>
+        <v>2262</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>2260</v>
+        <v>2263</v>
       </c>
       <c r="D568" t="s">
         <v>1749</v>
       </c>
       <c r="E568" t="s">
         <v>1750</v>
       </c>
       <c r="F568" t="s">
         <v>1560</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>2261</v>
+        <v>2264</v>
       </c>
       <c r="H568" t="s">
-        <v>2262</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>2263</v>
+        <v>2266</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>2264</v>
+        <v>2267</v>
       </c>
       <c r="D569" t="s">
         <v>1749</v>
       </c>
       <c r="E569" t="s">
         <v>1750</v>
       </c>
       <c r="F569" t="s">
         <v>1560</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>2265</v>
+        <v>2268</v>
       </c>
       <c r="H569" t="s">
-        <v>2266</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>2267</v>
+        <v>2270</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>2268</v>
+        <v>2271</v>
       </c>
       <c r="D570" t="s">
         <v>1749</v>
       </c>
       <c r="E570" t="s">
         <v>1750</v>
       </c>
       <c r="F570" t="s">
         <v>1548</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>2269</v>
+        <v>2272</v>
       </c>
       <c r="H570" t="s">
-        <v>2193</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>2270</v>
+        <v>2273</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
         <v>10</v>
       </c>
       <c r="D571" t="s">
-        <v>2271</v>
+        <v>2274</v>
       </c>
       <c r="E571" t="s">
-        <v>2272</v>
+        <v>2275</v>
       </c>
       <c r="F571" t="s">
         <v>1560</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
       <c r="H571" t="s">
-        <v>2274</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>2275</v>
+        <v>2278</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
         <v>17</v>
       </c>
       <c r="D572" t="s">
-        <v>2271</v>
+        <v>2274</v>
       </c>
       <c r="E572" t="s">
-        <v>2272</v>
+        <v>2275</v>
       </c>
       <c r="F572" t="s">
-        <v>2069</v>
+        <v>2071</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>2276</v>
+        <v>2279</v>
       </c>
       <c r="H572" t="s">
-        <v>2277</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>2278</v>
+        <v>2281</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
         <v>22</v>
       </c>
       <c r="D573" t="s">
-        <v>2271</v>
+        <v>2274</v>
       </c>
       <c r="E573" t="s">
-        <v>2272</v>
+        <v>2275</v>
       </c>
       <c r="F573" t="s">
         <v>1560</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>2279</v>
+        <v>2282</v>
       </c>
       <c r="H573" t="s">
-        <v>2280</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
-        <v>2281</v>
+        <v>2284</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
         <v>26</v>
       </c>
       <c r="D574" t="s">
-        <v>2271</v>
+        <v>2274</v>
       </c>
       <c r="E574" t="s">
-        <v>2272</v>
+        <v>2275</v>
       </c>
       <c r="F574" t="s">
         <v>1560</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>2282</v>
+        <v>2285</v>
       </c>
       <c r="H574" t="s">
-        <v>2283</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
-        <v>2284</v>
+        <v>2287</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
         <v>31</v>
       </c>
       <c r="D575" t="s">
-        <v>2271</v>
+        <v>2274</v>
       </c>
       <c r="E575" t="s">
-        <v>2272</v>
+        <v>2275</v>
       </c>
       <c r="F575" t="s">
         <v>1560</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>2285</v>
+        <v>2288</v>
       </c>
       <c r="H575" t="s">
-        <v>2286</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>2287</v>
+        <v>2290</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
         <v>36</v>
       </c>
       <c r="D576" t="s">
-        <v>2271</v>
+        <v>2274</v>
       </c>
       <c r="E576" t="s">
-        <v>2272</v>
+        <v>2275</v>
       </c>
       <c r="F576" t="s">
         <v>56</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>2288</v>
+        <v>2291</v>
       </c>
       <c r="H576" t="s">
-        <v>2289</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>2290</v>
+        <v>2293</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
         <v>41</v>
       </c>
       <c r="D577" t="s">
-        <v>2271</v>
+        <v>2274</v>
       </c>
       <c r="E577" t="s">
-        <v>2272</v>
+        <v>2275</v>
       </c>
       <c r="F577" t="s">
         <v>1560</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>2291</v>
+        <v>2294</v>
       </c>
       <c r="H577" t="s">
-        <v>2292</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>2293</v>
+        <v>2296</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
         <v>46</v>
       </c>
       <c r="D578" t="s">
-        <v>2271</v>
+        <v>2274</v>
       </c>
       <c r="E578" t="s">
-        <v>2272</v>
+        <v>2275</v>
       </c>
       <c r="F578" t="s">
         <v>1560</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>2294</v>
+        <v>2297</v>
       </c>
       <c r="H578" t="s">
-        <v>2295</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
-        <v>2296</v>
+        <v>2299</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
         <v>166</v>
       </c>
       <c r="D579" t="s">
-        <v>2297</v>
+        <v>2300</v>
       </c>
       <c r="E579" t="s">
-        <v>2298</v>
+        <v>2301</v>
       </c>
       <c r="F579" t="s">
         <v>1548</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>2299</v>
+        <v>2302</v>
       </c>
       <c r="H579" t="s">
-        <v>2300</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
-        <v>2301</v>
+        <v>2304</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
         <v>170</v>
       </c>
       <c r="D580" t="s">
-        <v>2297</v>
+        <v>2300</v>
       </c>
       <c r="E580" t="s">
-        <v>2298</v>
+        <v>2301</v>
       </c>
       <c r="F580" t="s">
-        <v>2069</v>
+        <v>2071</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>2302</v>
+        <v>2305</v>
       </c>
       <c r="H580" t="s">
-        <v>2300</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
-        <v>2303</v>
+        <v>2306</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
         <v>174</v>
       </c>
       <c r="D581" t="s">
-        <v>2297</v>
+        <v>2300</v>
       </c>
       <c r="E581" t="s">
-        <v>2298</v>
+        <v>2301</v>
       </c>
       <c r="F581" t="s">
         <v>1548</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>2304</v>
+        <v>2307</v>
       </c>
       <c r="H581" t="s">
-        <v>2305</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
-        <v>2306</v>
+        <v>2309</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
         <v>10</v>
       </c>
       <c r="D582" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E582" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F582" t="s">
         <v>93</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>2309</v>
+        <v>2312</v>
       </c>
       <c r="H582" t="s">
-        <v>2310</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
-        <v>2311</v>
+        <v>2314</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
         <v>17</v>
       </c>
       <c r="D583" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E583" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F583" t="s">
         <v>13</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>2312</v>
+        <v>2315</v>
       </c>
       <c r="H583" t="s">
-        <v>2313</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
-        <v>2314</v>
+        <v>2317</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
         <v>22</v>
       </c>
       <c r="D584" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E584" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F584" t="s">
         <v>32</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>2315</v>
+        <v>2318</v>
       </c>
       <c r="H584" t="s">
-        <v>2316</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
-        <v>2317</v>
+        <v>2320</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
         <v>26</v>
       </c>
       <c r="D585" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E585" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F585" t="s">
         <v>37</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>2318</v>
+        <v>2321</v>
       </c>
       <c r="H585" t="s">
-        <v>2319</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
-        <v>2320</v>
+        <v>2323</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
         <v>31</v>
       </c>
       <c r="D586" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E586" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F586" t="s">
         <v>93</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>2321</v>
+        <v>2324</v>
       </c>
       <c r="H586" t="s">
-        <v>2322</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
-        <v>2323</v>
+        <v>2326</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
         <v>36</v>
       </c>
       <c r="D587" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E587" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F587" t="s">
         <v>13</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>2324</v>
+        <v>2327</v>
       </c>
       <c r="H587" t="s">
-        <v>2325</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
-        <v>2326</v>
+        <v>2329</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
         <v>41</v>
       </c>
       <c r="D588" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E588" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F588" t="s">
         <v>18</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>2327</v>
+        <v>2330</v>
       </c>
       <c r="H588" t="s">
-        <v>2328</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
-        <v>2329</v>
+        <v>2332</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
         <v>46</v>
       </c>
       <c r="D589" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E589" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F589" t="s">
         <v>122</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>2330</v>
+        <v>2333</v>
       </c>
       <c r="H589" t="s">
-        <v>2331</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
-        <v>2332</v>
+        <v>2335</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
         <v>50</v>
       </c>
       <c r="D590" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E590" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F590" t="s">
         <v>122</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>2333</v>
+        <v>2336</v>
       </c>
       <c r="H590" t="s">
-        <v>2334</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
-        <v>2335</v>
+        <v>2338</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
         <v>55</v>
       </c>
       <c r="D591" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E591" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F591" t="s">
         <v>32</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>2336</v>
+        <v>2339</v>
       </c>
       <c r="H591" t="s">
-        <v>2337</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
-        <v>2338</v>
+        <v>2341</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
         <v>60</v>
       </c>
       <c r="D592" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E592" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F592" t="s">
         <v>42</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>2339</v>
+        <v>2342</v>
       </c>
       <c r="H592" t="s">
-        <v>2340</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>2341</v>
+        <v>2344</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
         <v>64</v>
       </c>
       <c r="D593" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E593" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F593" t="s">
         <v>93</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>2342</v>
+        <v>2345</v>
       </c>
       <c r="H593" t="s">
-        <v>2343</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>2344</v>
+        <v>2347</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
         <v>68</v>
       </c>
       <c r="D594" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E594" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F594" t="s">
         <v>27</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>2345</v>
+        <v>2348</v>
       </c>
       <c r="H594" t="s">
-        <v>2346</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>2347</v>
+        <v>2350</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
         <v>72</v>
       </c>
       <c r="D595" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E595" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F595" t="s">
         <v>122</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>2348</v>
+        <v>2351</v>
       </c>
       <c r="H595" t="s">
-        <v>2349</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>2350</v>
+        <v>2353</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
         <v>76</v>
       </c>
       <c r="D596" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E596" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F596" t="s">
         <v>32</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>2351</v>
+        <v>2354</v>
       </c>
       <c r="H596" t="s">
-        <v>2352</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>2353</v>
+        <v>2356</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
         <v>80</v>
       </c>
       <c r="D597" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E597" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F597" t="s">
         <v>37</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>2354</v>
+        <v>2357</v>
       </c>
       <c r="H597" t="s">
-        <v>2355</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
-        <v>2356</v>
+        <v>2359</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
         <v>84</v>
       </c>
       <c r="D598" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E598" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F598" t="s">
         <v>93</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>2357</v>
+        <v>2360</v>
       </c>
       <c r="H598" t="s">
-        <v>2358</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
-        <v>2359</v>
+        <v>2362</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
         <v>88</v>
       </c>
       <c r="D599" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E599" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F599" t="s">
         <v>93</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>2360</v>
+        <v>2363</v>
       </c>
       <c r="H599" t="s">
-        <v>2361</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
-        <v>2362</v>
+        <v>2365</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
         <v>92</v>
       </c>
       <c r="D600" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E600" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F600" t="s">
         <v>56</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>2363</v>
+        <v>2366</v>
       </c>
       <c r="H600" t="s">
-        <v>2364</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
-        <v>2365</v>
+        <v>2368</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
         <v>97</v>
       </c>
       <c r="D601" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E601" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F601" t="s">
         <v>13</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>2366</v>
+        <v>2369</v>
       </c>
       <c r="H601" t="s">
-        <v>2367</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
-        <v>2368</v>
+        <v>2371</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
         <v>101</v>
       </c>
       <c r="D602" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E602" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F602" t="s">
         <v>13</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>2369</v>
+        <v>2372</v>
       </c>
       <c r="H602" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
-        <v>2371</v>
+        <v>2374</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
         <v>105</v>
       </c>
       <c r="D603" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E603" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F603" t="s">
         <v>18</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>2372</v>
+        <v>2375</v>
       </c>
       <c r="H603" t="s">
-        <v>2373</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
-        <v>2374</v>
+        <v>2377</v>
       </c>
       <c r="B604" t="s">
         <v>9</v>
       </c>
       <c r="C604" t="s">
         <v>109</v>
       </c>
       <c r="D604" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E604" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F604" t="s">
         <v>27</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>2375</v>
+        <v>2378</v>
       </c>
       <c r="H604" t="s">
-        <v>2376</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
-        <v>2377</v>
+        <v>2380</v>
       </c>
       <c r="B605" t="s">
         <v>9</v>
       </c>
       <c r="C605" t="s">
         <v>113</v>
       </c>
       <c r="D605" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E605" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F605" t="s">
         <v>122</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>2378</v>
+        <v>2381</v>
       </c>
       <c r="H605" t="s">
-        <v>2379</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
-        <v>2380</v>
+        <v>2383</v>
       </c>
       <c r="B606" t="s">
         <v>9</v>
       </c>
       <c r="C606" t="s">
         <v>117</v>
       </c>
       <c r="D606" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E606" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F606" t="s">
         <v>42</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>2381</v>
+        <v>2384</v>
       </c>
       <c r="H606" t="s">
-        <v>2382</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
-        <v>2383</v>
+        <v>2386</v>
       </c>
       <c r="B607" t="s">
         <v>9</v>
       </c>
       <c r="C607" t="s">
         <v>121</v>
       </c>
       <c r="D607" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E607" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F607" t="s">
         <v>122</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>2384</v>
+        <v>2387</v>
       </c>
       <c r="H607" t="s">
-        <v>2385</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
-        <v>2386</v>
+        <v>2389</v>
       </c>
       <c r="B608" t="s">
         <v>9</v>
       </c>
       <c r="C608" t="s">
         <v>126</v>
       </c>
       <c r="D608" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E608" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F608" t="s">
         <v>18</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>2387</v>
+        <v>2390</v>
       </c>
       <c r="H608" t="s">
-        <v>2388</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
-        <v>2389</v>
+        <v>2392</v>
       </c>
       <c r="B609" t="s">
         <v>9</v>
       </c>
       <c r="C609" t="s">
         <v>130</v>
       </c>
       <c r="D609" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E609" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F609" t="s">
         <v>241</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>2390</v>
+        <v>2393</v>
       </c>
       <c r="H609" t="s">
-        <v>2391</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
-        <v>2392</v>
+        <v>2395</v>
       </c>
       <c r="B610" t="s">
         <v>9</v>
       </c>
       <c r="C610" t="s">
         <v>134</v>
       </c>
       <c r="D610" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E610" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F610" t="s">
         <v>32</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>2393</v>
+        <v>2396</v>
       </c>
       <c r="H610" t="s">
-        <v>2394</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
-        <v>2395</v>
+        <v>2398</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611" t="s">
         <v>138</v>
       </c>
       <c r="D611" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E611" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F611" t="s">
         <v>37</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>2396</v>
+        <v>2399</v>
       </c>
       <c r="H611" t="s">
-        <v>2397</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
-        <v>2398</v>
+        <v>2401</v>
       </c>
       <c r="B612" t="s">
         <v>9</v>
       </c>
       <c r="C612" t="s">
         <v>142</v>
       </c>
       <c r="D612" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E612" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F612" t="s">
         <v>42</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>2399</v>
+        <v>2402</v>
       </c>
       <c r="H612" t="s">
-        <v>2400</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
-        <v>2401</v>
+        <v>2404</v>
       </c>
       <c r="B613" t="s">
         <v>9</v>
       </c>
       <c r="C613" t="s">
         <v>146</v>
       </c>
       <c r="D613" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E613" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F613" t="s">
         <v>93</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>2402</v>
+        <v>2405</v>
       </c>
       <c r="H613" t="s">
-        <v>2403</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
-        <v>2404</v>
+        <v>2407</v>
       </c>
       <c r="B614" t="s">
         <v>9</v>
       </c>
       <c r="C614" t="s">
         <v>150</v>
       </c>
       <c r="D614" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E614" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F614" t="s">
         <v>13</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>2405</v>
+        <v>2408</v>
       </c>
       <c r="H614" t="s">
-        <v>2406</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
-        <v>2407</v>
+        <v>2410</v>
       </c>
       <c r="B615" t="s">
         <v>9</v>
       </c>
       <c r="C615" t="s">
         <v>154</v>
       </c>
       <c r="D615" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E615" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F615" t="s">
         <v>13</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>2408</v>
+        <v>2411</v>
       </c>
       <c r="H615" t="s">
-        <v>2409</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
-        <v>2410</v>
+        <v>2413</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
         <v>158</v>
       </c>
       <c r="D616" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E616" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F616" t="s">
         <v>18</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>2411</v>
+        <v>2414</v>
       </c>
       <c r="H616" t="s">
-        <v>2412</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
-        <v>2413</v>
+        <v>2416</v>
       </c>
       <c r="B617" t="s">
         <v>9</v>
       </c>
       <c r="C617" t="s">
         <v>162</v>
       </c>
       <c r="D617" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E617" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F617" t="s">
         <v>18</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>2414</v>
+        <v>2417</v>
       </c>
       <c r="H617" t="s">
-        <v>2415</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
-        <v>2416</v>
+        <v>2419</v>
       </c>
       <c r="B618" t="s">
         <v>9</v>
       </c>
       <c r="C618" t="s">
         <v>166</v>
       </c>
       <c r="D618" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E618" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F618" t="s">
         <v>241</v>
       </c>
       <c r="G618" s="1" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="H618" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
-        <v>2419</v>
+        <v>2422</v>
       </c>
       <c r="B619" t="s">
         <v>9</v>
       </c>
       <c r="C619" t="s">
         <v>170</v>
       </c>
       <c r="D619" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E619" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F619" t="s">
         <v>32</v>
       </c>
       <c r="G619" s="1" t="s">
-        <v>2420</v>
+        <v>2423</v>
       </c>
       <c r="H619" t="s">
-        <v>2421</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
-        <v>2422</v>
+        <v>2425</v>
       </c>
       <c r="B620" t="s">
         <v>9</v>
       </c>
       <c r="C620" t="s">
         <v>174</v>
       </c>
       <c r="D620" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E620" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F620" t="s">
         <v>51</v>
       </c>
       <c r="G620" s="1" t="s">
-        <v>2423</v>
+        <v>2426</v>
       </c>
       <c r="H620" t="s">
-        <v>2424</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
-        <v>2425</v>
+        <v>2428</v>
       </c>
       <c r="B621" t="s">
         <v>9</v>
       </c>
       <c r="C621" t="s">
         <v>178</v>
       </c>
       <c r="D621" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E621" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F621" t="s">
         <v>93</v>
       </c>
       <c r="G621" s="1" t="s">
-        <v>2426</v>
+        <v>2429</v>
       </c>
       <c r="H621" t="s">
-        <v>2427</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
-        <v>2428</v>
+        <v>2431</v>
       </c>
       <c r="B622" t="s">
         <v>9</v>
       </c>
       <c r="C622" t="s">
         <v>182</v>
       </c>
       <c r="D622" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E622" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F622" t="s">
         <v>122</v>
       </c>
       <c r="G622" s="1" t="s">
-        <v>2429</v>
+        <v>2432</v>
       </c>
       <c r="H622" t="s">
-        <v>2430</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
-        <v>2431</v>
+        <v>2434</v>
       </c>
       <c r="B623" t="s">
         <v>9</v>
       </c>
       <c r="C623" t="s">
         <v>186</v>
       </c>
       <c r="D623" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E623" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F623" t="s">
         <v>469</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>2432</v>
+        <v>2435</v>
       </c>
       <c r="H623" t="s">
-        <v>2433</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
-        <v>2434</v>
+        <v>2437</v>
       </c>
       <c r="B624" t="s">
         <v>9</v>
       </c>
       <c r="C624" t="s">
         <v>190</v>
       </c>
       <c r="D624" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E624" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F624" t="s">
         <v>13</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>2435</v>
+        <v>2438</v>
       </c>
       <c r="H624" t="s">
-        <v>2436</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
-        <v>2437</v>
+        <v>2440</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
         <v>194</v>
       </c>
       <c r="D625" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E625" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F625" t="s">
         <v>18</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>2438</v>
+        <v>2441</v>
       </c>
       <c r="H625" t="s">
-        <v>2439</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
         <v>199</v>
       </c>
       <c r="D626" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E626" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F626" t="s">
         <v>122</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>2441</v>
+        <v>2444</v>
       </c>
       <c r="H626" t="s">
-        <v>2442</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
-        <v>2443</v>
+        <v>2446</v>
       </c>
       <c r="B627" t="s">
         <v>9</v>
       </c>
       <c r="C627" t="s">
         <v>203</v>
       </c>
       <c r="D627" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E627" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F627" t="s">
         <v>122</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>2444</v>
+        <v>2447</v>
       </c>
       <c r="H627" t="s">
-        <v>2445</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
-        <v>2446</v>
+        <v>2449</v>
       </c>
       <c r="B628" t="s">
         <v>9</v>
       </c>
       <c r="C628" t="s">
         <v>207</v>
       </c>
       <c r="D628" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E628" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F628" t="s">
         <v>37</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>2447</v>
+        <v>2450</v>
       </c>
       <c r="H628" t="s">
-        <v>2448</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
-        <v>2449</v>
+        <v>2452</v>
       </c>
       <c r="B629" t="s">
         <v>9</v>
       </c>
       <c r="C629" t="s">
         <v>211</v>
       </c>
       <c r="D629" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E629" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F629" t="s">
         <v>93</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>2450</v>
+        <v>2453</v>
       </c>
       <c r="H629" t="s">
-        <v>2451</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
-        <v>2452</v>
+        <v>2455</v>
       </c>
       <c r="B630" t="s">
         <v>9</v>
       </c>
       <c r="C630" t="s">
         <v>216</v>
       </c>
       <c r="D630" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E630" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F630" t="s">
         <v>93</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>2453</v>
+        <v>2456</v>
       </c>
       <c r="H630" t="s">
-        <v>2454</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
-        <v>2455</v>
+        <v>2458</v>
       </c>
       <c r="B631" t="s">
         <v>9</v>
       </c>
       <c r="C631" t="s">
         <v>220</v>
       </c>
       <c r="D631" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E631" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F631" t="s">
         <v>56</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>2456</v>
+        <v>2459</v>
       </c>
       <c r="H631" t="s">
-        <v>2457</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
-        <v>2458</v>
+        <v>2461</v>
       </c>
       <c r="B632" t="s">
         <v>9</v>
       </c>
       <c r="C632" t="s">
         <v>224</v>
       </c>
       <c r="D632" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E632" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F632" t="s">
         <v>122</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>2459</v>
+        <v>2462</v>
       </c>
       <c r="H632" t="s">
-        <v>2460</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
-        <v>2461</v>
+        <v>2464</v>
       </c>
       <c r="B633" t="s">
         <v>9</v>
       </c>
       <c r="C633" t="s">
         <v>228</v>
       </c>
       <c r="D633" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E633" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F633" t="s">
         <v>122</v>
       </c>
       <c r="G633" s="1" t="s">
-        <v>2462</v>
+        <v>2465</v>
       </c>
       <c r="H633" t="s">
-        <v>2463</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
-        <v>2464</v>
+        <v>2467</v>
       </c>
       <c r="B634" t="s">
         <v>9</v>
       </c>
       <c r="C634" t="s">
         <v>232</v>
       </c>
       <c r="D634" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E634" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F634" t="s">
         <v>13</v>
       </c>
       <c r="G634" s="1" t="s">
-        <v>2465</v>
+        <v>2468</v>
       </c>
       <c r="H634" t="s">
-        <v>2466</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
-        <v>2467</v>
+        <v>2470</v>
       </c>
       <c r="B635" t="s">
         <v>9</v>
       </c>
       <c r="C635" t="s">
         <v>236</v>
       </c>
       <c r="D635" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E635" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F635" t="s">
         <v>18</v>
       </c>
       <c r="G635" s="1" t="s">
-        <v>2468</v>
+        <v>2471</v>
       </c>
       <c r="H635" t="s">
-        <v>2469</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
-        <v>2470</v>
+        <v>2473</v>
       </c>
       <c r="B636" t="s">
         <v>9</v>
       </c>
       <c r="C636" t="s">
         <v>240</v>
       </c>
       <c r="D636" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E636" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F636" t="s">
         <v>122</v>
       </c>
       <c r="G636" s="1" t="s">
-        <v>2471</v>
+        <v>2474</v>
       </c>
       <c r="H636" t="s">
-        <v>2472</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
-        <v>2473</v>
+        <v>2476</v>
       </c>
       <c r="B637" t="s">
         <v>9</v>
       </c>
       <c r="C637" t="s">
         <v>245</v>
       </c>
       <c r="D637" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E637" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F637" t="s">
         <v>122</v>
       </c>
       <c r="G637" s="1" t="s">
-        <v>2474</v>
+        <v>2477</v>
       </c>
       <c r="H637" t="s">
-        <v>2475</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
-        <v>2476</v>
+        <v>2479</v>
       </c>
       <c r="B638" t="s">
         <v>9</v>
       </c>
       <c r="C638" t="s">
         <v>249</v>
       </c>
       <c r="D638" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E638" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F638" t="s">
         <v>32</v>
       </c>
       <c r="G638" s="1" t="s">
-        <v>2477</v>
+        <v>2480</v>
       </c>
       <c r="H638" t="s">
-        <v>2478</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
-        <v>2479</v>
+        <v>2482</v>
       </c>
       <c r="B639" t="s">
         <v>9</v>
       </c>
       <c r="C639" t="s">
         <v>253</v>
       </c>
       <c r="D639" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E639" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F639" t="s">
         <v>42</v>
       </c>
       <c r="G639" s="1" t="s">
-        <v>2480</v>
+        <v>2483</v>
       </c>
       <c r="H639" t="s">
-        <v>2481</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
-        <v>2482</v>
+        <v>2485</v>
       </c>
       <c r="B640" t="s">
         <v>9</v>
       </c>
       <c r="C640" t="s">
         <v>257</v>
       </c>
       <c r="D640" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E640" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F640" t="s">
         <v>93</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>2483</v>
+        <v>2486</v>
       </c>
       <c r="H640" t="s">
-        <v>2484</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
-        <v>2485</v>
+        <v>2488</v>
       </c>
       <c r="B641" t="s">
         <v>9</v>
       </c>
       <c r="C641" t="s">
         <v>261</v>
       </c>
       <c r="D641" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E641" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F641" t="s">
         <v>93</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>2486</v>
+        <v>2489</v>
       </c>
       <c r="H641" t="s">
-        <v>2487</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
-        <v>2488</v>
+        <v>2491</v>
       </c>
       <c r="B642" t="s">
         <v>9</v>
       </c>
       <c r="C642" t="s">
         <v>265</v>
       </c>
       <c r="D642" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E642" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F642" t="s">
         <v>122</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>2489</v>
+        <v>2492</v>
       </c>
       <c r="H642" t="s">
-        <v>2490</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
-        <v>2491</v>
+        <v>2494</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
         <v>269</v>
       </c>
       <c r="D643" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E643" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F643" t="s">
         <v>42</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>2492</v>
+        <v>2495</v>
       </c>
       <c r="H643" t="s">
-        <v>2493</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
-        <v>2494</v>
+        <v>2497</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
         <v>273</v>
       </c>
       <c r="D644" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E644" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F644" t="s">
         <v>93</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>2495</v>
+        <v>2498</v>
       </c>
       <c r="H644" t="s">
-        <v>2496</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
-        <v>2497</v>
+        <v>2500</v>
       </c>
       <c r="B645" t="s">
         <v>9</v>
       </c>
       <c r="C645" t="s">
         <v>277</v>
       </c>
       <c r="D645" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E645" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F645" t="s">
         <v>93</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="H645" t="s">
-        <v>2499</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
-        <v>2500</v>
+        <v>2503</v>
       </c>
       <c r="B646" t="s">
         <v>9</v>
       </c>
       <c r="C646" t="s">
         <v>282</v>
       </c>
       <c r="D646" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E646" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F646" t="s">
         <v>13</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>2501</v>
+        <v>2504</v>
       </c>
       <c r="H646" t="s">
-        <v>2502</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
-        <v>2503</v>
+        <v>2506</v>
       </c>
       <c r="B647" t="s">
         <v>9</v>
       </c>
       <c r="C647" t="s">
         <v>286</v>
       </c>
       <c r="D647" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E647" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F647" t="s">
         <v>13</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>2504</v>
+        <v>2507</v>
       </c>
       <c r="H647" t="s">
-        <v>2505</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
-        <v>2506</v>
+        <v>2509</v>
       </c>
       <c r="B648" t="s">
         <v>9</v>
       </c>
       <c r="C648" t="s">
         <v>290</v>
       </c>
       <c r="D648" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E648" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F648" t="s">
         <v>18</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>2507</v>
+        <v>2510</v>
       </c>
       <c r="H648" t="s">
-        <v>2508</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="B649" t="s">
         <v>9</v>
       </c>
       <c r="C649" t="s">
         <v>294</v>
       </c>
       <c r="D649" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E649" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F649" t="s">
         <v>241</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>2510</v>
+        <v>2513</v>
       </c>
       <c r="H649" t="s">
-        <v>2511</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
-        <v>2512</v>
+        <v>2515</v>
       </c>
       <c r="B650" t="s">
         <v>9</v>
       </c>
       <c r="C650" t="s">
         <v>298</v>
       </c>
       <c r="D650" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E650" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F650" t="s">
         <v>122</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>2513</v>
+        <v>2516</v>
       </c>
       <c r="H650" t="s">
-        <v>2514</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
-        <v>2515</v>
+        <v>2518</v>
       </c>
       <c r="B651" t="s">
         <v>9</v>
       </c>
       <c r="C651" t="s">
         <v>302</v>
       </c>
       <c r="D651" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E651" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F651" t="s">
         <v>93</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>2516</v>
+        <v>2519</v>
       </c>
       <c r="H651" t="s">
-        <v>2517</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
-        <v>2518</v>
+        <v>2521</v>
       </c>
       <c r="B652" t="s">
         <v>9</v>
       </c>
       <c r="C652" t="s">
         <v>306</v>
       </c>
       <c r="D652" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E652" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F652" t="s">
         <v>93</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>2519</v>
+        <v>2522</v>
       </c>
       <c r="H652" t="s">
-        <v>2520</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
-        <v>2521</v>
+        <v>2524</v>
       </c>
       <c r="B653" t="s">
         <v>9</v>
       </c>
       <c r="C653" t="s">
         <v>310</v>
       </c>
       <c r="D653" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E653" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F653" t="s">
         <v>122</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>2522</v>
+        <v>2525</v>
       </c>
       <c r="H653" t="s">
-        <v>2523</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
-        <v>2524</v>
+        <v>2527</v>
       </c>
       <c r="B654" t="s">
         <v>9</v>
       </c>
       <c r="C654" t="s">
         <v>314</v>
       </c>
       <c r="D654" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E654" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F654" t="s">
         <v>13</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>2525</v>
+        <v>2528</v>
       </c>
       <c r="H654" t="s">
-        <v>2526</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
-        <v>2527</v>
+        <v>2530</v>
       </c>
       <c r="B655" t="s">
         <v>9</v>
       </c>
       <c r="C655" t="s">
         <v>318</v>
       </c>
       <c r="D655" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E655" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F655" t="s">
         <v>18</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>2528</v>
+        <v>2531</v>
       </c>
       <c r="H655" t="s">
-        <v>2529</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
-        <v>2530</v>
+        <v>2533</v>
       </c>
       <c r="B656" t="s">
         <v>9</v>
       </c>
       <c r="C656" t="s">
         <v>322</v>
       </c>
       <c r="D656" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E656" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F656" t="s">
         <v>18</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>2531</v>
+        <v>2534</v>
       </c>
       <c r="H656" t="s">
-        <v>2532</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
-        <v>2533</v>
+        <v>2536</v>
       </c>
       <c r="B657" t="s">
         <v>9</v>
       </c>
       <c r="C657" t="s">
         <v>326</v>
       </c>
       <c r="D657" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E657" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F657" t="s">
         <v>241</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>2534</v>
+        <v>2537</v>
       </c>
       <c r="H657" t="s">
-        <v>2535</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
-        <v>2536</v>
+        <v>2539</v>
       </c>
       <c r="B658" t="s">
         <v>9</v>
       </c>
       <c r="C658" t="s">
         <v>330</v>
       </c>
       <c r="D658" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E658" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F658" t="s">
         <v>122</v>
       </c>
       <c r="G658" s="1" t="s">
-        <v>2537</v>
+        <v>2540</v>
       </c>
       <c r="H658" t="s">
-        <v>2538</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
-        <v>2539</v>
+        <v>2542</v>
       </c>
       <c r="B659" t="s">
         <v>9</v>
       </c>
       <c r="C659" t="s">
         <v>334</v>
       </c>
       <c r="D659" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E659" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F659" t="s">
         <v>32</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>2540</v>
+        <v>2543</v>
       </c>
       <c r="H659" t="s">
-        <v>2541</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
-        <v>2542</v>
+        <v>2545</v>
       </c>
       <c r="B660" t="s">
         <v>9</v>
       </c>
       <c r="C660" t="s">
         <v>338</v>
       </c>
       <c r="D660" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E660" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F660" t="s">
         <v>278</v>
       </c>
       <c r="G660" s="1" t="s">
-        <v>2543</v>
+        <v>2546</v>
       </c>
       <c r="H660" t="s">
-        <v>2544</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
-        <v>2545</v>
+        <v>2548</v>
       </c>
       <c r="B661" t="s">
         <v>9</v>
       </c>
       <c r="C661" t="s">
         <v>342</v>
       </c>
       <c r="D661" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E661" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F661" t="s">
         <v>93</v>
       </c>
       <c r="G661" s="1" t="s">
-        <v>2546</v>
+        <v>2549</v>
       </c>
       <c r="H661" t="s">
-        <v>2547</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
-        <v>2548</v>
+        <v>2551</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
         <v>346</v>
       </c>
       <c r="D662" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E662" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F662" t="s">
         <v>93</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>2549</v>
+        <v>2552</v>
       </c>
       <c r="H662" t="s">
-        <v>2550</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
-        <v>2551</v>
+        <v>2554</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
         <v>350</v>
       </c>
       <c r="D663" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E663" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F663" t="s">
         <v>122</v>
       </c>
       <c r="G663" s="1" t="s">
-        <v>2552</v>
+        <v>2555</v>
       </c>
       <c r="H663" t="s">
-        <v>2553</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
-        <v>2554</v>
+        <v>2557</v>
       </c>
       <c r="B664" t="s">
         <v>9</v>
       </c>
       <c r="C664" t="s">
         <v>354</v>
       </c>
       <c r="D664" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E664" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F664" t="s">
         <v>13</v>
       </c>
       <c r="G664" s="1" t="s">
-        <v>2555</v>
+        <v>2558</v>
       </c>
       <c r="H664" t="s">
-        <v>2556</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
-        <v>2557</v>
+        <v>2560</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
         <v>358</v>
       </c>
       <c r="D665" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E665" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F665" t="s">
-        <v>2558</v>
+        <v>2561</v>
       </c>
       <c r="G665" s="1" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="H665" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
-        <v>2561</v>
+        <v>2564</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
         <v>362</v>
       </c>
       <c r="D666" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E666" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F666" t="s">
         <v>27</v>
       </c>
       <c r="G666" s="1" t="s">
-        <v>2562</v>
+        <v>2565</v>
       </c>
       <c r="H666" t="s">
-        <v>2563</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
-        <v>2564</v>
+        <v>2567</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
         <v>366</v>
       </c>
       <c r="D667" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E667" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F667" t="s">
         <v>122</v>
       </c>
       <c r="G667" s="1" t="s">
-        <v>2565</v>
+        <v>2568</v>
       </c>
       <c r="H667" t="s">
-        <v>2566</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
-        <v>2567</v>
+        <v>2570</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
         <v>370</v>
       </c>
       <c r="D668" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E668" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F668" t="s">
         <v>32</v>
       </c>
       <c r="G668" s="1" t="s">
-        <v>2568</v>
+        <v>2571</v>
       </c>
       <c r="H668" t="s">
-        <v>2569</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
-        <v>2570</v>
+        <v>2573</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
         <v>374</v>
       </c>
       <c r="D669" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E669" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F669" t="s">
         <v>32</v>
       </c>
       <c r="G669" s="1" t="s">
-        <v>2571</v>
+        <v>2574</v>
       </c>
       <c r="H669" t="s">
-        <v>2572</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
-        <v>2573</v>
+        <v>2576</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
         <v>378</v>
       </c>
       <c r="D670" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E670" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F670" t="s">
         <v>37</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>2574</v>
+        <v>2577</v>
       </c>
       <c r="H670" t="s">
-        <v>2575</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
-        <v>2576</v>
+        <v>2579</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
         <v>382</v>
       </c>
       <c r="D671" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E671" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F671" t="s">
         <v>42</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>2577</v>
+        <v>2580</v>
       </c>
       <c r="H671" t="s">
-        <v>2578</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
-        <v>2579</v>
+        <v>2582</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
         <v>386</v>
       </c>
       <c r="D672" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E672" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F672" t="s">
         <v>93</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>2580</v>
+        <v>2583</v>
       </c>
       <c r="H672" t="s">
-        <v>2581</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
-        <v>2582</v>
+        <v>2585</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
         <v>390</v>
       </c>
       <c r="D673" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E673" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F673" t="s">
         <v>13</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>2583</v>
+        <v>2586</v>
       </c>
       <c r="H673" t="s">
-        <v>2584</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
-        <v>2585</v>
+        <v>2588</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
         <v>394</v>
       </c>
       <c r="D674" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E674" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F674" t="s">
         <v>241</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>2586</v>
+        <v>2589</v>
       </c>
       <c r="H674" t="s">
-        <v>2587</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
-        <v>2588</v>
+        <v>2591</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
         <v>399</v>
       </c>
       <c r="D675" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E675" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F675" t="s">
         <v>122</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="H675" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
-        <v>2591</v>
+        <v>2594</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
         <v>403</v>
       </c>
       <c r="D676" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E676" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F676" t="s">
         <v>32</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>2592</v>
+        <v>2595</v>
       </c>
       <c r="H676" t="s">
-        <v>2593</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
-        <v>2594</v>
+        <v>2597</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
         <v>407</v>
       </c>
       <c r="D677" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E677" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F677" t="s">
         <v>93</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>2595</v>
+        <v>2598</v>
       </c>
       <c r="H677" t="s">
-        <v>2596</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
-        <v>2597</v>
+        <v>2600</v>
       </c>
       <c r="B678" t="s">
         <v>9</v>
       </c>
       <c r="C678" t="s">
         <v>411</v>
       </c>
       <c r="D678" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E678" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F678" t="s">
         <v>13</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>2598</v>
+        <v>2601</v>
       </c>
       <c r="H678" t="s">
-        <v>2599</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
-        <v>2600</v>
+        <v>2603</v>
       </c>
       <c r="B679" t="s">
         <v>9</v>
       </c>
       <c r="C679" t="s">
         <v>415</v>
       </c>
       <c r="D679" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E679" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F679" t="s">
         <v>18</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>2601</v>
+        <v>2604</v>
       </c>
       <c r="H679" t="s">
-        <v>2602</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
-        <v>2603</v>
+        <v>2606</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
         <v>419</v>
       </c>
       <c r="D680" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E680" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F680" t="s">
         <v>122</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>2604</v>
+        <v>2607</v>
       </c>
       <c r="H680" t="s">
-        <v>2605</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
-        <v>2606</v>
+        <v>2609</v>
       </c>
       <c r="B681" t="s">
         <v>9</v>
       </c>
       <c r="C681" t="s">
         <v>423</v>
       </c>
       <c r="D681" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E681" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F681" t="s">
         <v>122</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>2607</v>
+        <v>2610</v>
       </c>
       <c r="H681" t="s">
-        <v>2608</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
-        <v>2609</v>
+        <v>2612</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
         <v>427</v>
       </c>
       <c r="D682" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E682" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F682" t="s">
         <v>32</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>2610</v>
+        <v>2613</v>
       </c>
       <c r="H682" t="s">
-        <v>2611</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
-        <v>2612</v>
+        <v>2615</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
         <v>431</v>
       </c>
       <c r="D683" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E683" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F683" t="s">
         <v>32</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>2613</v>
+        <v>2616</v>
       </c>
       <c r="H683" t="s">
-        <v>2614</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
-        <v>2615</v>
+        <v>2618</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
         <v>435</v>
       </c>
       <c r="D684" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E684" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F684" t="s">
         <v>37</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>2616</v>
+        <v>2619</v>
       </c>
       <c r="H684" t="s">
-        <v>2617</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
-        <v>2618</v>
+        <v>2621</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
         <v>439</v>
       </c>
       <c r="D685" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E685" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F685" t="s">
         <v>37</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>2619</v>
+        <v>2622</v>
       </c>
       <c r="H685" t="s">
-        <v>2620</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
-        <v>2621</v>
+        <v>2624</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
         <v>443</v>
       </c>
       <c r="D686" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E686" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F686" t="s">
         <v>93</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>2622</v>
+        <v>2625</v>
       </c>
       <c r="H686" t="s">
-        <v>2623</v>
+        <v>2626</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
-        <v>2624</v>
+        <v>2627</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
         <v>447</v>
       </c>
       <c r="D687" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E687" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F687" t="s">
         <v>122</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>2625</v>
+        <v>2628</v>
       </c>
       <c r="H687" t="s">
-        <v>2626</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
-        <v>2627</v>
+        <v>2630</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
         <v>451</v>
       </c>
       <c r="D688" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E688" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F688" t="s">
         <v>18</v>
       </c>
       <c r="G688" s="1" t="s">
-        <v>2628</v>
+        <v>2631</v>
       </c>
       <c r="H688" t="s">
-        <v>2629</v>
+        <v>2632</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
-        <v>2630</v>
+        <v>2633</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
         <v>456</v>
       </c>
       <c r="D689" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E689" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F689" t="s">
         <v>37</v>
       </c>
       <c r="G689" s="1" t="s">
-        <v>2631</v>
+        <v>2634</v>
       </c>
       <c r="H689" t="s">
-        <v>2632</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
-        <v>2633</v>
+        <v>2636</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
         <v>460</v>
       </c>
       <c r="D690" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E690" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F690" t="s">
         <v>42</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>2634</v>
+        <v>2637</v>
       </c>
       <c r="H690" t="s">
-        <v>2635</v>
+        <v>2638</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
-        <v>2636</v>
+        <v>2639</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
         <v>464</v>
       </c>
       <c r="D691" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E691" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F691" t="s">
         <v>42</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>2637</v>
+        <v>2640</v>
       </c>
       <c r="H691" t="s">
-        <v>2638</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
-        <v>2639</v>
+        <v>2642</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
         <v>468</v>
       </c>
       <c r="D692" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E692" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F692" t="s">
         <v>93</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>2640</v>
+        <v>2643</v>
       </c>
       <c r="H692" t="s">
-        <v>2641</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
-        <v>2642</v>
+        <v>2645</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
         <v>473</v>
       </c>
       <c r="D693" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E693" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F693" t="s">
         <v>122</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>2643</v>
+        <v>2646</v>
       </c>
       <c r="H693" t="s">
-        <v>2644</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
-        <v>2645</v>
+        <v>2648</v>
       </c>
       <c r="B694" t="s">
         <v>9</v>
       </c>
       <c r="C694" t="s">
         <v>477</v>
       </c>
       <c r="D694" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E694" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F694" t="s">
         <v>13</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>2646</v>
+        <v>2649</v>
       </c>
       <c r="H694" t="s">
-        <v>2647</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
-        <v>2648</v>
+        <v>2651</v>
       </c>
       <c r="B695" t="s">
         <v>9</v>
       </c>
       <c r="C695" t="s">
         <v>481</v>
       </c>
       <c r="D695" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E695" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F695" t="s">
         <v>13</v>
       </c>
       <c r="G695" s="1" t="s">
-        <v>2649</v>
+        <v>2652</v>
       </c>
       <c r="H695" t="s">
-        <v>2650</v>
+        <v>2653</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
-        <v>2651</v>
+        <v>2654</v>
       </c>
       <c r="B696" t="s">
         <v>9</v>
       </c>
       <c r="C696" t="s">
         <v>485</v>
       </c>
       <c r="D696" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E696" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F696" t="s">
         <v>27</v>
       </c>
       <c r="G696" s="1" t="s">
-        <v>2652</v>
+        <v>2655</v>
       </c>
       <c r="H696" t="s">
-        <v>2653</v>
+        <v>2656</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
-        <v>2654</v>
+        <v>2657</v>
       </c>
       <c r="B697" t="s">
         <v>9</v>
       </c>
       <c r="C697" t="s">
         <v>489</v>
       </c>
       <c r="D697" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E697" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F697" t="s">
         <v>122</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>2655</v>
+        <v>2658</v>
       </c>
       <c r="H697" t="s">
-        <v>2656</v>
+        <v>2659</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
-        <v>2657</v>
+        <v>2660</v>
       </c>
       <c r="B698" t="s">
         <v>9</v>
       </c>
       <c r="C698" t="s">
         <v>493</v>
       </c>
       <c r="D698" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E698" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F698" t="s">
         <v>93</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>2658</v>
+        <v>2661</v>
       </c>
       <c r="H698" t="s">
-        <v>2659</v>
+        <v>2662</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
-        <v>2660</v>
+        <v>2663</v>
       </c>
       <c r="B699" t="s">
         <v>9</v>
       </c>
       <c r="C699" t="s">
         <v>497</v>
       </c>
       <c r="D699" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E699" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F699" t="s">
         <v>56</v>
       </c>
       <c r="G699" s="1" t="s">
-        <v>2661</v>
+        <v>2664</v>
       </c>
       <c r="H699" t="s">
-        <v>2662</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
-        <v>2663</v>
+        <v>2666</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
         <v>501</v>
       </c>
       <c r="D700" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E700" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F700" t="s">
         <v>13</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>2664</v>
+        <v>2667</v>
       </c>
       <c r="H700" t="s">
-        <v>2665</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
-        <v>2666</v>
+        <v>2669</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
         <v>505</v>
       </c>
       <c r="D701" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E701" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F701" t="s">
         <v>13</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>2667</v>
+        <v>2670</v>
       </c>
       <c r="H701" t="s">
-        <v>2668</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
-        <v>2669</v>
+        <v>2672</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
         <v>509</v>
       </c>
       <c r="D702" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E702" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F702" t="s">
         <v>122</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>2670</v>
+        <v>2673</v>
       </c>
       <c r="H702" t="s">
-        <v>2671</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
-        <v>2672</v>
+        <v>2675</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
         <v>513</v>
       </c>
       <c r="D703" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E703" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F703" t="s">
         <v>32</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>2673</v>
+        <v>2676</v>
       </c>
       <c r="H703" t="s">
-        <v>2674</v>
+        <v>2677</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
-        <v>2675</v>
+        <v>2678</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
         <v>517</v>
       </c>
       <c r="D704" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E704" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F704" t="s">
         <v>51</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>2676</v>
+        <v>2679</v>
       </c>
       <c r="H704" t="s">
-        <v>2677</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
-        <v>2678</v>
+        <v>2681</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
         <v>521</v>
       </c>
       <c r="D705" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E705" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F705" t="s">
         <v>42</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>2679</v>
+        <v>2682</v>
       </c>
       <c r="H705" t="s">
-        <v>2680</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
-        <v>2681</v>
+        <v>2684</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
         <v>525</v>
       </c>
       <c r="D706" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E706" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F706" t="s">
         <v>93</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>2682</v>
+        <v>2685</v>
       </c>
       <c r="H706" t="s">
-        <v>2683</v>
+        <v>2686</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
-        <v>2684</v>
+        <v>2687</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
         <v>529</v>
       </c>
       <c r="D707" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E707" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F707" t="s">
         <v>56</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>2685</v>
+        <v>2688</v>
       </c>
       <c r="H707" t="s">
-        <v>2686</v>
+        <v>2689</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
-        <v>2687</v>
+        <v>2690</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
         <v>533</v>
       </c>
       <c r="D708" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E708" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F708" t="s">
         <v>122</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>2688</v>
+        <v>2691</v>
       </c>
       <c r="H708" t="s">
-        <v>2689</v>
+        <v>2692</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
-        <v>2690</v>
+        <v>2693</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
         <v>537</v>
       </c>
       <c r="D709" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E709" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F709" t="s">
         <v>13</v>
       </c>
       <c r="G709" s="1" t="s">
-        <v>2691</v>
+        <v>2694</v>
       </c>
       <c r="H709" t="s">
-        <v>2692</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
-        <v>2693</v>
+        <v>2696</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
         <v>541</v>
       </c>
       <c r="D710" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E710" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F710" t="s">
         <v>13</v>
       </c>
       <c r="G710" s="1" t="s">
-        <v>2694</v>
+        <v>2697</v>
       </c>
       <c r="H710" t="s">
-        <v>2695</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
-        <v>2696</v>
+        <v>2699</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
         <v>545</v>
       </c>
       <c r="D711" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E711" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F711" t="s">
         <v>122</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>2697</v>
+        <v>2700</v>
       </c>
       <c r="H711" t="s">
-        <v>2698</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
-        <v>2699</v>
+        <v>2702</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
         <v>549</v>
       </c>
       <c r="D712" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E712" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F712" t="s">
         <v>32</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>2700</v>
+        <v>2703</v>
       </c>
       <c r="H712" t="s">
-        <v>2701</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
-        <v>2702</v>
+        <v>2705</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
         <v>553</v>
       </c>
       <c r="D713" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E713" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F713" t="s">
-        <v>2703</v>
+        <v>2706</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>2704</v>
+        <v>2707</v>
       </c>
       <c r="H713" t="s">
-        <v>2705</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
-        <v>2706</v>
+        <v>2709</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
         <v>557</v>
       </c>
       <c r="D714" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E714" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F714" t="s">
         <v>93</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>2707</v>
+        <v>2710</v>
       </c>
       <c r="H714" t="s">
-        <v>2708</v>
+        <v>2711</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
-        <v>2709</v>
+        <v>2712</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
         <v>561</v>
       </c>
       <c r="D715" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E715" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F715" t="s">
         <v>93</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>2710</v>
+        <v>2713</v>
       </c>
       <c r="H715" t="s">
-        <v>2711</v>
+        <v>2714</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
-        <v>2712</v>
+        <v>2715</v>
       </c>
       <c r="B716" t="s">
         <v>9</v>
       </c>
       <c r="C716" t="s">
         <v>565</v>
       </c>
       <c r="D716" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E716" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F716" t="s">
         <v>18</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>2713</v>
+        <v>2716</v>
       </c>
       <c r="H716" t="s">
-        <v>2714</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
-        <v>2715</v>
+        <v>2718</v>
       </c>
       <c r="B717" t="s">
         <v>9</v>
       </c>
       <c r="C717" t="s">
         <v>569</v>
       </c>
       <c r="D717" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E717" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F717" t="s">
         <v>32</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>2716</v>
+        <v>2719</v>
       </c>
       <c r="H717" t="s">
-        <v>2717</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
-        <v>2718</v>
+        <v>2721</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
         <v>573</v>
       </c>
       <c r="D718" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E718" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F718" t="s">
         <v>32</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>2719</v>
+        <v>2722</v>
       </c>
       <c r="H718" t="s">
-        <v>2720</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
-        <v>2721</v>
+        <v>2724</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
         <v>577</v>
       </c>
       <c r="D719" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E719" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F719" t="s">
         <v>37</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>2722</v>
+        <v>2725</v>
       </c>
       <c r="H719" t="s">
-        <v>2723</v>
+        <v>2726</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
-        <v>2724</v>
+        <v>2727</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
         <v>581</v>
       </c>
       <c r="D720" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E720" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F720" t="s">
         <v>42</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>2725</v>
+        <v>2728</v>
       </c>
       <c r="H720" t="s">
-        <v>2726</v>
+        <v>2729</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
-        <v>2727</v>
+        <v>2730</v>
       </c>
       <c r="B721" t="s">
         <v>9</v>
       </c>
       <c r="C721" t="s">
         <v>585</v>
       </c>
       <c r="D721" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E721" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F721" t="s">
         <v>93</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>2728</v>
+        <v>2731</v>
       </c>
       <c r="H721" t="s">
-        <v>2729</v>
+        <v>2732</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
-        <v>2730</v>
+        <v>2733</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
         <v>589</v>
       </c>
       <c r="D722" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E722" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F722" t="s">
         <v>93</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>2731</v>
+        <v>2734</v>
       </c>
       <c r="H722" t="s">
-        <v>2732</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
-        <v>2733</v>
+        <v>2736</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
         <v>593</v>
       </c>
       <c r="D723" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E723" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F723" t="s">
         <v>37</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>2734</v>
+        <v>2737</v>
       </c>
       <c r="H723" t="s">
-        <v>2735</v>
+        <v>2738</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
-        <v>2736</v>
+        <v>2739</v>
       </c>
       <c r="B724" t="s">
         <v>9</v>
       </c>
       <c r="C724" t="s">
         <v>597</v>
       </c>
       <c r="D724" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E724" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F724" t="s">
         <v>13</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>2737</v>
+        <v>2740</v>
       </c>
       <c r="H724" t="s">
-        <v>2738</v>
+        <v>2741</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
-        <v>2739</v>
+        <v>2742</v>
       </c>
       <c r="B725" t="s">
         <v>9</v>
       </c>
       <c r="C725" t="s">
         <v>601</v>
       </c>
       <c r="D725" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E725" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F725" t="s">
         <v>18</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>2740</v>
+        <v>2743</v>
       </c>
       <c r="H725" t="s">
-        <v>2741</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
-        <v>2742</v>
+        <v>2745</v>
       </c>
       <c r="B726" t="s">
         <v>9</v>
       </c>
       <c r="C726" t="s">
         <v>605</v>
       </c>
       <c r="D726" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E726" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F726" t="s">
         <v>27</v>
       </c>
       <c r="G726" s="1" t="s">
-        <v>2743</v>
+        <v>2746</v>
       </c>
       <c r="H726" t="s">
-        <v>2744</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
-        <v>2745</v>
+        <v>2748</v>
       </c>
       <c r="B727" t="s">
         <v>9</v>
       </c>
       <c r="C727" t="s">
         <v>609</v>
       </c>
       <c r="D727" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E727" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F727" t="s">
         <v>32</v>
       </c>
       <c r="G727" s="1" t="s">
-        <v>2746</v>
+        <v>2749</v>
       </c>
       <c r="H727" t="s">
-        <v>2747</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
-        <v>2748</v>
+        <v>2751</v>
       </c>
       <c r="B728" t="s">
         <v>9</v>
       </c>
       <c r="C728" t="s">
         <v>613</v>
       </c>
       <c r="D728" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E728" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F728" t="s">
         <v>32</v>
       </c>
       <c r="G728" s="1" t="s">
-        <v>2749</v>
+        <v>2752</v>
       </c>
       <c r="H728" t="s">
-        <v>2750</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
-        <v>2751</v>
+        <v>2754</v>
       </c>
       <c r="B729" t="s">
         <v>9</v>
       </c>
       <c r="C729" t="s">
         <v>617</v>
       </c>
       <c r="D729" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E729" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F729" t="s">
         <v>42</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>2752</v>
+        <v>2755</v>
       </c>
       <c r="H729" t="s">
-        <v>2753</v>
+        <v>2756</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
-        <v>2754</v>
+        <v>2757</v>
       </c>
       <c r="B730" t="s">
         <v>9</v>
       </c>
       <c r="C730" t="s">
         <v>621</v>
       </c>
       <c r="D730" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E730" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F730" t="s">
         <v>93</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>2755</v>
+        <v>2758</v>
       </c>
       <c r="H730" t="s">
-        <v>2756</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
-        <v>2757</v>
+        <v>2760</v>
       </c>
       <c r="B731" t="s">
         <v>9</v>
       </c>
       <c r="C731" t="s">
         <v>625</v>
       </c>
       <c r="D731" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E731" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F731" t="s">
         <v>51</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>2758</v>
+        <v>2761</v>
       </c>
       <c r="H731" t="s">
-        <v>2759</v>
+        <v>2762</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
-        <v>2760</v>
+        <v>2763</v>
       </c>
       <c r="B732" t="s">
         <v>9</v>
       </c>
       <c r="C732" t="s">
         <v>629</v>
       </c>
       <c r="D732" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E732" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F732" t="s">
         <v>51</v>
       </c>
       <c r="G732" s="1" t="s">
-        <v>2761</v>
+        <v>2764</v>
       </c>
       <c r="H732" t="s">
-        <v>2762</v>
+        <v>2765</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
-        <v>2763</v>
+        <v>2766</v>
       </c>
       <c r="B733" t="s">
         <v>9</v>
       </c>
       <c r="C733" t="s">
         <v>633</v>
       </c>
       <c r="D733" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E733" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F733" t="s">
         <v>122</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>2764</v>
+        <v>2767</v>
       </c>
       <c r="H733" t="s">
-        <v>2765</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
-        <v>2766</v>
+        <v>2769</v>
       </c>
       <c r="B734" t="s">
         <v>9</v>
       </c>
       <c r="C734" t="s">
         <v>637</v>
       </c>
       <c r="D734" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E734" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F734" t="s">
         <v>241</v>
       </c>
       <c r="G734" s="1" t="s">
-        <v>2767</v>
+        <v>2770</v>
       </c>
       <c r="H734" t="s">
-        <v>2768</v>
+        <v>2771</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
-        <v>2769</v>
+        <v>2772</v>
       </c>
       <c r="B735" t="s">
         <v>9</v>
       </c>
       <c r="C735" t="s">
         <v>641</v>
       </c>
       <c r="D735" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E735" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F735" t="s">
         <v>27</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>2770</v>
+        <v>2773</v>
       </c>
       <c r="H735" t="s">
-        <v>2771</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
-        <v>2772</v>
+        <v>2775</v>
       </c>
       <c r="B736" t="s">
         <v>9</v>
       </c>
       <c r="C736" t="s">
         <v>645</v>
       </c>
       <c r="D736" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E736" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F736" t="s">
         <v>122</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>2773</v>
+        <v>2776</v>
       </c>
       <c r="H736" t="s">
-        <v>2774</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
-        <v>2775</v>
+        <v>2778</v>
       </c>
       <c r="B737" t="s">
         <v>9</v>
       </c>
       <c r="C737" t="s">
         <v>649</v>
       </c>
       <c r="D737" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E737" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F737" t="s">
         <v>32</v>
       </c>
       <c r="G737" s="1" t="s">
-        <v>2776</v>
+        <v>2779</v>
       </c>
       <c r="H737" t="s">
-        <v>2777</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
-        <v>2778</v>
+        <v>2781</v>
       </c>
       <c r="B738" t="s">
         <v>9</v>
       </c>
       <c r="C738" t="s">
         <v>653</v>
       </c>
       <c r="D738" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E738" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F738" t="s">
         <v>42</v>
       </c>
       <c r="G738" s="1" t="s">
-        <v>2779</v>
+        <v>2782</v>
       </c>
       <c r="H738" t="s">
-        <v>2780</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
-        <v>2781</v>
+        <v>2784</v>
       </c>
       <c r="B739" t="s">
         <v>9</v>
       </c>
       <c r="C739" t="s">
         <v>657</v>
       </c>
       <c r="D739" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E739" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F739" t="s">
         <v>93</v>
       </c>
       <c r="G739" s="1" t="s">
-        <v>2782</v>
+        <v>2785</v>
       </c>
       <c r="H739" t="s">
-        <v>2783</v>
+        <v>2786</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
-        <v>2784</v>
+        <v>2787</v>
       </c>
       <c r="B740" t="s">
         <v>9</v>
       </c>
       <c r="C740" t="s">
         <v>661</v>
       </c>
       <c r="D740" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E740" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F740" t="s">
-        <v>2785</v>
+        <v>2788</v>
       </c>
       <c r="G740" s="1" t="s">
-        <v>2786</v>
+        <v>2789</v>
       </c>
       <c r="H740" t="s">
-        <v>2787</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
-        <v>2788</v>
+        <v>2791</v>
       </c>
       <c r="B741" t="s">
         <v>9</v>
       </c>
       <c r="C741" t="s">
         <v>665</v>
       </c>
       <c r="D741" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E741" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F741" t="s">
         <v>56</v>
       </c>
       <c r="G741" s="1" t="s">
-        <v>2789</v>
+        <v>2792</v>
       </c>
       <c r="H741" t="s">
-        <v>2790</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
-        <v>2791</v>
+        <v>2794</v>
       </c>
       <c r="B742" t="s">
         <v>9</v>
       </c>
       <c r="C742" t="s">
         <v>669</v>
       </c>
       <c r="D742" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E742" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F742" t="s">
         <v>13</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>2792</v>
+        <v>2795</v>
       </c>
       <c r="H742" t="s">
-        <v>2793</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
-        <v>2794</v>
+        <v>2797</v>
       </c>
       <c r="B743" t="s">
         <v>9</v>
       </c>
       <c r="C743" t="s">
         <v>673</v>
       </c>
       <c r="D743" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E743" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F743" t="s">
         <v>18</v>
       </c>
       <c r="G743" s="1" t="s">
-        <v>2795</v>
+        <v>2798</v>
       </c>
       <c r="H743" t="s">
-        <v>2796</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
-        <v>2797</v>
+        <v>2800</v>
       </c>
       <c r="B744" t="s">
         <v>9</v>
       </c>
       <c r="C744" t="s">
         <v>677</v>
       </c>
       <c r="D744" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E744" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F744" t="s">
         <v>27</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>2798</v>
+        <v>2801</v>
       </c>
       <c r="H744" t="s">
-        <v>2799</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
-        <v>2800</v>
+        <v>2803</v>
       </c>
       <c r="B745" t="s">
         <v>9</v>
       </c>
       <c r="C745" t="s">
         <v>681</v>
       </c>
       <c r="D745" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E745" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F745" t="s">
         <v>27</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>2801</v>
+        <v>2804</v>
       </c>
       <c r="H745" t="s">
-        <v>2802</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
-        <v>2803</v>
+        <v>2806</v>
       </c>
       <c r="B746" t="s">
         <v>9</v>
       </c>
       <c r="C746" t="s">
         <v>685</v>
       </c>
       <c r="D746" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E746" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F746" t="s">
         <v>122</v>
       </c>
       <c r="G746" s="1" t="s">
-        <v>2804</v>
+        <v>2807</v>
       </c>
       <c r="H746" t="s">
-        <v>2805</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
-        <v>2806</v>
+        <v>2809</v>
       </c>
       <c r="B747" t="s">
         <v>9</v>
       </c>
       <c r="C747" t="s">
         <v>689</v>
       </c>
       <c r="D747" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E747" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F747" t="s">
         <v>93</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>2807</v>
+        <v>2810</v>
       </c>
       <c r="H747" t="s">
-        <v>2808</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
-        <v>2809</v>
+        <v>2812</v>
       </c>
       <c r="B748" t="s">
         <v>9</v>
       </c>
       <c r="C748" t="s">
         <v>693</v>
       </c>
       <c r="D748" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E748" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F748" t="s">
         <v>56</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>2810</v>
+        <v>2813</v>
       </c>
       <c r="H748" t="s">
-        <v>2811</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
-        <v>2812</v>
+        <v>2815</v>
       </c>
       <c r="B749" t="s">
         <v>9</v>
       </c>
       <c r="C749" t="s">
         <v>697</v>
       </c>
       <c r="D749" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E749" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F749" t="s">
         <v>13</v>
       </c>
       <c r="G749" s="1" t="s">
-        <v>2813</v>
+        <v>2816</v>
       </c>
       <c r="H749" t="s">
-        <v>2814</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
-        <v>2815</v>
+        <v>2818</v>
       </c>
       <c r="B750" t="s">
         <v>9</v>
       </c>
       <c r="C750" t="s">
         <v>701</v>
       </c>
       <c r="D750" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E750" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F750" t="s">
         <v>18</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>2816</v>
+        <v>2819</v>
       </c>
       <c r="H750" t="s">
-        <v>2817</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
-        <v>2818</v>
+        <v>2821</v>
       </c>
       <c r="B751" t="s">
         <v>9</v>
       </c>
       <c r="C751" t="s">
         <v>705</v>
       </c>
       <c r="D751" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E751" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F751" t="s">
         <v>27</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>2819</v>
+        <v>2822</v>
       </c>
       <c r="H751" t="s">
-        <v>2820</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
-        <v>2821</v>
+        <v>2824</v>
       </c>
       <c r="B752" t="s">
         <v>9</v>
       </c>
       <c r="C752" t="s">
         <v>709</v>
       </c>
       <c r="D752" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E752" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F752" t="s">
         <v>32</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>2822</v>
+        <v>2825</v>
       </c>
       <c r="H752" t="s">
-        <v>2823</v>
+        <v>2826</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
-        <v>2824</v>
+        <v>2827</v>
       </c>
       <c r="B753" t="s">
         <v>9</v>
       </c>
       <c r="C753" t="s">
         <v>713</v>
       </c>
       <c r="D753" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E753" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F753" t="s">
         <v>32</v>
       </c>
       <c r="G753" s="1" t="s">
-        <v>2825</v>
+        <v>2828</v>
       </c>
       <c r="H753" t="s">
-        <v>2826</v>
+        <v>2829</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
-        <v>2827</v>
+        <v>2830</v>
       </c>
       <c r="B754" t="s">
         <v>9</v>
       </c>
       <c r="C754" t="s">
         <v>717</v>
       </c>
       <c r="D754" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E754" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F754" t="s">
         <v>51</v>
       </c>
       <c r="G754" s="1" t="s">
-        <v>2828</v>
+        <v>2831</v>
       </c>
       <c r="H754" t="s">
-        <v>2829</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
-        <v>2830</v>
+        <v>2833</v>
       </c>
       <c r="B755" t="s">
         <v>9</v>
       </c>
       <c r="C755" t="s">
         <v>721</v>
       </c>
       <c r="D755" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E755" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F755" t="s">
         <v>93</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>2831</v>
+        <v>2834</v>
       </c>
       <c r="H755" t="s">
-        <v>2832</v>
+        <v>2835</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
-        <v>2833</v>
+        <v>2836</v>
       </c>
       <c r="B756" t="s">
         <v>9</v>
       </c>
       <c r="C756" t="s">
         <v>725</v>
       </c>
       <c r="D756" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E756" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F756" t="s">
         <v>93</v>
       </c>
       <c r="G756" s="1" t="s">
-        <v>2834</v>
+        <v>2837</v>
       </c>
       <c r="H756" t="s">
-        <v>2835</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
-        <v>2836</v>
+        <v>2839</v>
       </c>
       <c r="B757" t="s">
         <v>9</v>
       </c>
       <c r="C757" t="s">
         <v>729</v>
       </c>
       <c r="D757" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E757" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F757" t="s">
         <v>27</v>
       </c>
       <c r="G757" s="1" t="s">
-        <v>2837</v>
+        <v>2840</v>
       </c>
       <c r="H757" t="s">
-        <v>2838</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
-        <v>2839</v>
+        <v>2842</v>
       </c>
       <c r="B758" t="s">
         <v>9</v>
       </c>
       <c r="C758" t="s">
         <v>733</v>
       </c>
       <c r="D758" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E758" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F758" t="s">
         <v>18</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>2840</v>
+        <v>2843</v>
       </c>
       <c r="H758" t="s">
-        <v>2841</v>
+        <v>2844</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
-        <v>2842</v>
+        <v>2845</v>
       </c>
       <c r="B759" t="s">
         <v>9</v>
       </c>
       <c r="C759" t="s">
         <v>737</v>
       </c>
       <c r="D759" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E759" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F759" t="s">
         <v>27</v>
       </c>
       <c r="G759" s="1" t="s">
-        <v>2843</v>
+        <v>2846</v>
       </c>
       <c r="H759" t="s">
-        <v>2844</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
-        <v>2845</v>
+        <v>2848</v>
       </c>
       <c r="B760" t="s">
         <v>9</v>
       </c>
       <c r="C760" t="s">
         <v>741</v>
       </c>
       <c r="D760" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E760" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F760" t="s">
         <v>122</v>
       </c>
       <c r="G760" s="1" t="s">
-        <v>2846</v>
+        <v>2849</v>
       </c>
       <c r="H760" t="s">
-        <v>2847</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
-        <v>2848</v>
+        <v>2851</v>
       </c>
       <c r="B761" t="s">
         <v>9</v>
       </c>
       <c r="C761" t="s">
         <v>745</v>
       </c>
       <c r="D761" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E761" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F761" t="s">
         <v>32</v>
       </c>
       <c r="G761" s="1" t="s">
-        <v>2849</v>
+        <v>2852</v>
       </c>
       <c r="H761" t="s">
-        <v>2850</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
-        <v>2851</v>
+        <v>2854</v>
       </c>
       <c r="B762" t="s">
         <v>9</v>
       </c>
       <c r="C762" t="s">
         <v>749</v>
       </c>
       <c r="D762" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E762" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F762" t="s">
         <v>32</v>
       </c>
       <c r="G762" s="1" t="s">
-        <v>2852</v>
+        <v>2855</v>
       </c>
       <c r="H762" t="s">
-        <v>2853</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
-        <v>2854</v>
+        <v>2857</v>
       </c>
       <c r="B763" t="s">
         <v>9</v>
       </c>
       <c r="C763" t="s">
         <v>753</v>
       </c>
       <c r="D763" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E763" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F763" t="s">
         <v>37</v>
       </c>
       <c r="G763" s="1" t="s">
-        <v>2855</v>
+        <v>2858</v>
       </c>
       <c r="H763" t="s">
-        <v>2856</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
-        <v>2857</v>
+        <v>2860</v>
       </c>
       <c r="B764" t="s">
         <v>9</v>
       </c>
       <c r="C764" t="s">
         <v>757</v>
       </c>
       <c r="D764" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E764" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F764" t="s">
         <v>93</v>
       </c>
       <c r="G764" s="1" t="s">
-        <v>2858</v>
+        <v>2861</v>
       </c>
       <c r="H764" t="s">
-        <v>2859</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
-        <v>2860</v>
+        <v>2863</v>
       </c>
       <c r="B765" t="s">
         <v>9</v>
       </c>
       <c r="C765" t="s">
         <v>761</v>
       </c>
       <c r="D765" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E765" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F765" t="s">
         <v>56</v>
       </c>
       <c r="G765" s="1" t="s">
-        <v>2861</v>
+        <v>2864</v>
       </c>
       <c r="H765" t="s">
-        <v>2862</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
-        <v>2863</v>
+        <v>2866</v>
       </c>
       <c r="B766" t="s">
         <v>9</v>
       </c>
       <c r="C766" t="s">
         <v>765</v>
       </c>
       <c r="D766" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E766" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F766" t="s">
         <v>13</v>
       </c>
       <c r="G766" s="1" t="s">
-        <v>2864</v>
+        <v>2867</v>
       </c>
       <c r="H766" t="s">
-        <v>2865</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
-        <v>2866</v>
+        <v>2869</v>
       </c>
       <c r="B767" t="s">
         <v>9</v>
       </c>
       <c r="C767" t="s">
         <v>769</v>
       </c>
       <c r="D767" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E767" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F767" t="s">
         <v>27</v>
       </c>
       <c r="G767" s="1" t="s">
-        <v>2867</v>
+        <v>2870</v>
       </c>
       <c r="H767" t="s">
-        <v>2868</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
-        <v>2869</v>
+        <v>2872</v>
       </c>
       <c r="B768" t="s">
         <v>9</v>
       </c>
       <c r="C768" t="s">
         <v>773</v>
       </c>
       <c r="D768" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E768" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F768" t="s">
         <v>27</v>
       </c>
       <c r="G768" s="1" t="s">
-        <v>2870</v>
+        <v>2873</v>
       </c>
       <c r="H768" t="s">
-        <v>2871</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
-        <v>2872</v>
+        <v>2875</v>
       </c>
       <c r="B769" t="s">
         <v>9</v>
       </c>
       <c r="C769" t="s">
         <v>777</v>
       </c>
       <c r="D769" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E769" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F769" t="s">
         <v>37</v>
       </c>
       <c r="G769" s="1" t="s">
-        <v>2873</v>
+        <v>2876</v>
       </c>
       <c r="H769" t="s">
-        <v>2874</v>
+        <v>2877</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
-        <v>2875</v>
+        <v>2878</v>
       </c>
       <c r="B770" t="s">
         <v>9</v>
       </c>
       <c r="C770" t="s">
         <v>781</v>
       </c>
       <c r="D770" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E770" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F770" t="s">
         <v>37</v>
       </c>
       <c r="G770" s="1" t="s">
-        <v>2876</v>
+        <v>2879</v>
       </c>
       <c r="H770" t="s">
-        <v>2877</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
-        <v>2878</v>
+        <v>2881</v>
       </c>
       <c r="B771" t="s">
         <v>9</v>
       </c>
       <c r="C771" t="s">
         <v>785</v>
       </c>
       <c r="D771" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E771" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F771" t="s">
         <v>13</v>
       </c>
       <c r="G771" s="1" t="s">
-        <v>2879</v>
+        <v>2882</v>
       </c>
       <c r="H771" t="s">
-        <v>2880</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
-        <v>2881</v>
+        <v>2884</v>
       </c>
       <c r="B772" t="s">
         <v>9</v>
       </c>
       <c r="C772" t="s">
         <v>789</v>
       </c>
       <c r="D772" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E772" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F772" t="s">
         <v>13</v>
       </c>
       <c r="G772" s="1" t="s">
-        <v>2882</v>
+        <v>2885</v>
       </c>
       <c r="H772" t="s">
-        <v>2883</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
-        <v>2884</v>
+        <v>2887</v>
       </c>
       <c r="B773" t="s">
         <v>9</v>
       </c>
       <c r="C773" t="s">
         <v>793</v>
       </c>
       <c r="D773" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E773" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F773" t="s">
         <v>18</v>
       </c>
       <c r="G773" s="1" t="s">
-        <v>2885</v>
+        <v>2888</v>
       </c>
       <c r="H773" t="s">
-        <v>2886</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
-        <v>2887</v>
+        <v>2890</v>
       </c>
       <c r="B774" t="s">
         <v>9</v>
       </c>
       <c r="C774" t="s">
         <v>797</v>
       </c>
       <c r="D774" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E774" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F774" t="s">
         <v>27</v>
       </c>
       <c r="G774" s="1" t="s">
-        <v>2888</v>
+        <v>2891</v>
       </c>
       <c r="H774" t="s">
-        <v>2889</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" t="s">
-        <v>2890</v>
+        <v>2893</v>
       </c>
       <c r="B775" t="s">
         <v>9</v>
       </c>
       <c r="C775" t="s">
         <v>801</v>
       </c>
       <c r="D775" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E775" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F775" t="s">
         <v>42</v>
       </c>
       <c r="G775" s="1" t="s">
-        <v>2891</v>
+        <v>2894</v>
       </c>
       <c r="H775" t="s">
-        <v>2892</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" t="s">
-        <v>2893</v>
+        <v>2896</v>
       </c>
       <c r="B776" t="s">
         <v>9</v>
       </c>
       <c r="C776" t="s">
         <v>805</v>
       </c>
       <c r="D776" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E776" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F776" t="s">
         <v>93</v>
       </c>
       <c r="G776" s="1" t="s">
-        <v>2894</v>
+        <v>2897</v>
       </c>
       <c r="H776" t="s">
-        <v>2895</v>
+        <v>2898</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
-        <v>2896</v>
+        <v>2899</v>
       </c>
       <c r="B777" t="s">
         <v>9</v>
       </c>
       <c r="C777" t="s">
         <v>809</v>
       </c>
       <c r="D777" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E777" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F777" t="s">
         <v>56</v>
       </c>
       <c r="G777" s="1" t="s">
-        <v>2897</v>
+        <v>2900</v>
       </c>
       <c r="H777" t="s">
-        <v>2898</v>
+        <v>2901</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" t="s">
-        <v>2899</v>
+        <v>2902</v>
       </c>
       <c r="B778" t="s">
         <v>9</v>
       </c>
       <c r="C778" t="s">
         <v>813</v>
       </c>
       <c r="D778" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E778" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F778" t="s">
         <v>56</v>
       </c>
       <c r="G778" s="1" t="s">
-        <v>2900</v>
+        <v>2903</v>
       </c>
       <c r="H778" t="s">
-        <v>2901</v>
+        <v>2904</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" t="s">
-        <v>2902</v>
+        <v>2905</v>
       </c>
       <c r="B779" t="s">
         <v>9</v>
       </c>
       <c r="C779" t="s">
         <v>817</v>
       </c>
       <c r="D779" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E779" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F779" t="s">
         <v>37</v>
       </c>
       <c r="G779" s="1" t="s">
-        <v>2903</v>
+        <v>2906</v>
       </c>
       <c r="H779" t="s">
-        <v>2904</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" t="s">
-        <v>2905</v>
+        <v>2908</v>
       </c>
       <c r="B780" t="s">
         <v>9</v>
       </c>
       <c r="C780" t="s">
         <v>821</v>
       </c>
       <c r="D780" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E780" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F780" t="s">
         <v>18</v>
       </c>
       <c r="G780" s="1" t="s">
-        <v>2906</v>
+        <v>2909</v>
       </c>
       <c r="H780" t="s">
-        <v>2907</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" t="s">
-        <v>2908</v>
+        <v>2911</v>
       </c>
       <c r="B781" t="s">
         <v>9</v>
       </c>
       <c r="C781" t="s">
         <v>825</v>
       </c>
       <c r="D781" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E781" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F781" t="s">
         <v>27</v>
       </c>
       <c r="G781" s="1" t="s">
-        <v>2909</v>
+        <v>2912</v>
       </c>
       <c r="H781" t="s">
-        <v>2910</v>
+        <v>2913</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" t="s">
-        <v>2911</v>
+        <v>2914</v>
       </c>
       <c r="B782" t="s">
         <v>9</v>
       </c>
       <c r="C782" t="s">
         <v>829</v>
       </c>
       <c r="D782" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E782" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F782" t="s">
         <v>27</v>
       </c>
       <c r="G782" s="1" t="s">
-        <v>2912</v>
+        <v>2915</v>
       </c>
       <c r="H782" t="s">
-        <v>2913</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" t="s">
-        <v>2914</v>
+        <v>2917</v>
       </c>
       <c r="B783" t="s">
         <v>9</v>
       </c>
       <c r="C783" t="s">
         <v>833</v>
       </c>
       <c r="D783" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E783" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F783" t="s">
         <v>122</v>
       </c>
       <c r="G783" s="1" t="s">
-        <v>2915</v>
+        <v>2918</v>
       </c>
       <c r="H783" t="s">
-        <v>2916</v>
+        <v>2919</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" t="s">
-        <v>2917</v>
+        <v>2920</v>
       </c>
       <c r="B784" t="s">
         <v>9</v>
       </c>
       <c r="C784" t="s">
         <v>837</v>
       </c>
       <c r="D784" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E784" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F784" t="s">
         <v>32</v>
       </c>
       <c r="G784" s="1" t="s">
-        <v>2918</v>
+        <v>2921</v>
       </c>
       <c r="H784" t="s">
-        <v>2919</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" t="s">
-        <v>2920</v>
+        <v>2923</v>
       </c>
       <c r="B785" t="s">
         <v>9</v>
       </c>
       <c r="C785" t="s">
         <v>841</v>
       </c>
       <c r="D785" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E785" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F785" t="s">
         <v>93</v>
       </c>
       <c r="G785" s="1" t="s">
-        <v>2921</v>
+        <v>2924</v>
       </c>
       <c r="H785" t="s">
-        <v>2922</v>
+        <v>2925</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" t="s">
-        <v>2923</v>
+        <v>2926</v>
       </c>
       <c r="B786" t="s">
         <v>9</v>
       </c>
       <c r="C786" t="s">
         <v>845</v>
       </c>
       <c r="D786" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E786" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F786" t="s">
         <v>93</v>
       </c>
       <c r="G786" s="1" t="s">
-        <v>2924</v>
+        <v>2927</v>
       </c>
       <c r="H786" t="s">
-        <v>2925</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" t="s">
-        <v>2926</v>
+        <v>2929</v>
       </c>
       <c r="B787" t="s">
         <v>9</v>
       </c>
       <c r="C787" t="s">
         <v>849</v>
       </c>
       <c r="D787" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E787" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F787" t="s">
         <v>56</v>
       </c>
       <c r="G787" s="1" t="s">
-        <v>2927</v>
+        <v>2930</v>
       </c>
       <c r="H787" t="s">
-        <v>2928</v>
+        <v>2931</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" t="s">
-        <v>2929</v>
+        <v>2932</v>
       </c>
       <c r="B788" t="s">
         <v>9</v>
       </c>
       <c r="C788" t="s">
         <v>853</v>
       </c>
       <c r="D788" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E788" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F788" t="s">
         <v>56</v>
       </c>
       <c r="G788" s="1" t="s">
-        <v>2930</v>
+        <v>2933</v>
       </c>
       <c r="H788" t="s">
-        <v>2931</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" t="s">
-        <v>2932</v>
+        <v>2935</v>
       </c>
       <c r="B789" t="s">
         <v>9</v>
       </c>
       <c r="C789" t="s">
         <v>857</v>
       </c>
       <c r="D789" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E789" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F789" t="s">
         <v>122</v>
       </c>
       <c r="G789" s="1" t="s">
-        <v>2933</v>
+        <v>2936</v>
       </c>
       <c r="H789" t="s">
-        <v>2934</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" t="s">
-        <v>2935</v>
+        <v>2938</v>
       </c>
       <c r="B790" t="s">
         <v>9</v>
       </c>
       <c r="C790" t="s">
         <v>861</v>
       </c>
       <c r="D790" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E790" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F790" t="s">
         <v>13</v>
       </c>
       <c r="G790" s="1" t="s">
-        <v>2936</v>
+        <v>2939</v>
       </c>
       <c r="H790" t="s">
-        <v>2937</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" t="s">
-        <v>2938</v>
+        <v>2941</v>
       </c>
       <c r="B791" t="s">
         <v>9</v>
       </c>
       <c r="C791" t="s">
         <v>865</v>
       </c>
       <c r="D791" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E791" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F791" t="s">
         <v>18</v>
       </c>
       <c r="G791" s="1" t="s">
-        <v>2939</v>
+        <v>2942</v>
       </c>
       <c r="H791" t="s">
-        <v>2940</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" t="s">
-        <v>2941</v>
+        <v>2944</v>
       </c>
       <c r="B792" t="s">
         <v>9</v>
       </c>
       <c r="C792" t="s">
         <v>869</v>
       </c>
       <c r="D792" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E792" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F792" t="s">
         <v>122</v>
       </c>
       <c r="G792" s="1" t="s">
-        <v>2942</v>
+        <v>2945</v>
       </c>
       <c r="H792" t="s">
-        <v>2943</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" t="s">
-        <v>2944</v>
+        <v>2947</v>
       </c>
       <c r="B793" t="s">
         <v>9</v>
       </c>
       <c r="C793" t="s">
         <v>873</v>
       </c>
       <c r="D793" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E793" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F793" t="s">
         <v>122</v>
       </c>
       <c r="G793" s="1" t="s">
-        <v>2945</v>
+        <v>2948</v>
       </c>
       <c r="H793" t="s">
-        <v>2946</v>
+        <v>2949</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" t="s">
-        <v>2947</v>
+        <v>2950</v>
       </c>
       <c r="B794" t="s">
         <v>9</v>
       </c>
       <c r="C794" t="s">
         <v>877</v>
       </c>
       <c r="D794" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E794" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F794" t="s">
         <v>32</v>
       </c>
       <c r="G794" s="1" t="s">
-        <v>2948</v>
+        <v>2951</v>
       </c>
       <c r="H794" t="s">
-        <v>2949</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" t="s">
-        <v>2950</v>
+        <v>2953</v>
       </c>
       <c r="B795" t="s">
         <v>9</v>
       </c>
       <c r="C795" t="s">
         <v>881</v>
       </c>
       <c r="D795" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E795" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F795" t="s">
         <v>32</v>
       </c>
       <c r="G795" s="1" t="s">
-        <v>2951</v>
+        <v>2954</v>
       </c>
       <c r="H795" t="s">
-        <v>2952</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" t="s">
-        <v>2953</v>
+        <v>2956</v>
       </c>
       <c r="B796" t="s">
         <v>9</v>
       </c>
       <c r="C796" t="s">
         <v>886</v>
       </c>
       <c r="D796" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E796" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F796" t="s">
         <v>37</v>
       </c>
       <c r="G796" s="1" t="s">
-        <v>2954</v>
+        <v>2957</v>
       </c>
       <c r="H796" t="s">
-        <v>2955</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" t="s">
-        <v>2956</v>
+        <v>2959</v>
       </c>
       <c r="B797" t="s">
         <v>9</v>
       </c>
       <c r="C797" t="s">
         <v>890</v>
       </c>
       <c r="D797" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E797" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F797" t="s">
         <v>56</v>
       </c>
       <c r="G797" s="1" t="s">
-        <v>2957</v>
+        <v>2960</v>
       </c>
       <c r="H797" t="s">
-        <v>2958</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" t="s">
-        <v>2959</v>
+        <v>2962</v>
       </c>
       <c r="B798" t="s">
         <v>9</v>
       </c>
       <c r="C798" t="s">
         <v>894</v>
       </c>
       <c r="D798" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E798" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F798" t="s">
         <v>13</v>
       </c>
       <c r="G798" s="1" t="s">
-        <v>2960</v>
+        <v>2963</v>
       </c>
       <c r="H798" t="s">
-        <v>2961</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" t="s">
-        <v>2962</v>
+        <v>2965</v>
       </c>
       <c r="B799" t="s">
         <v>9</v>
       </c>
       <c r="C799" t="s">
         <v>898</v>
       </c>
       <c r="D799" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E799" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F799" t="s">
         <v>18</v>
       </c>
       <c r="G799" s="1" t="s">
-        <v>2963</v>
+        <v>2966</v>
       </c>
       <c r="H799" t="s">
-        <v>2964</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" t="s">
-        <v>2965</v>
+        <v>2968</v>
       </c>
       <c r="B800" t="s">
         <v>9</v>
       </c>
       <c r="C800" t="s">
         <v>903</v>
       </c>
       <c r="D800" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E800" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F800" t="s">
         <v>18</v>
       </c>
       <c r="G800" s="1" t="s">
-        <v>2966</v>
+        <v>2969</v>
       </c>
       <c r="H800" t="s">
-        <v>2967</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" t="s">
-        <v>2968</v>
+        <v>2971</v>
       </c>
       <c r="B801" t="s">
         <v>9</v>
       </c>
       <c r="C801" t="s">
         <v>907</v>
       </c>
       <c r="D801" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E801" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F801" t="s">
         <v>27</v>
       </c>
       <c r="G801" s="1" t="s">
-        <v>2969</v>
+        <v>2972</v>
       </c>
       <c r="H801" t="s">
-        <v>2970</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" t="s">
-        <v>2971</v>
+        <v>2974</v>
       </c>
       <c r="B802" t="s">
         <v>9</v>
       </c>
       <c r="C802" t="s">
         <v>911</v>
       </c>
       <c r="D802" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E802" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F802" t="s">
         <v>42</v>
       </c>
       <c r="G802" s="1" t="s">
-        <v>2972</v>
+        <v>2975</v>
       </c>
       <c r="H802" t="s">
-        <v>2973</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" t="s">
-        <v>2974</v>
+        <v>2977</v>
       </c>
       <c r="B803" t="s">
         <v>9</v>
       </c>
       <c r="C803" t="s">
         <v>915</v>
       </c>
       <c r="D803" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E803" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F803" t="s">
         <v>93</v>
       </c>
       <c r="G803" s="1" t="s">
-        <v>2975</v>
+        <v>2978</v>
       </c>
       <c r="H803" t="s">
-        <v>2976</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" t="s">
-        <v>2977</v>
+        <v>2980</v>
       </c>
       <c r="B804" t="s">
         <v>9</v>
       </c>
       <c r="C804" t="s">
         <v>919</v>
       </c>
       <c r="D804" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E804" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F804" t="s">
         <v>93</v>
       </c>
       <c r="G804" s="1" t="s">
-        <v>2978</v>
+        <v>2981</v>
       </c>
       <c r="H804" t="s">
-        <v>2979</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" t="s">
-        <v>2980</v>
+        <v>2983</v>
       </c>
       <c r="B805" t="s">
         <v>9</v>
       </c>
       <c r="C805" t="s">
         <v>923</v>
       </c>
       <c r="D805" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E805" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F805" t="s">
         <v>122</v>
       </c>
       <c r="G805" s="1" t="s">
-        <v>2981</v>
+        <v>2984</v>
       </c>
       <c r="H805" t="s">
-        <v>2982</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" t="s">
-        <v>2983</v>
+        <v>2986</v>
       </c>
       <c r="B806" t="s">
         <v>9</v>
       </c>
       <c r="C806" t="s">
         <v>927</v>
       </c>
       <c r="D806" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E806" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F806" t="s">
         <v>13</v>
       </c>
       <c r="G806" s="1" t="s">
-        <v>2984</v>
+        <v>2987</v>
       </c>
       <c r="H806" t="s">
-        <v>2985</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" t="s">
-        <v>2986</v>
+        <v>2989</v>
       </c>
       <c r="B807" t="s">
         <v>9</v>
       </c>
       <c r="C807" t="s">
         <v>931</v>
       </c>
       <c r="D807" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E807" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F807" t="s">
         <v>13</v>
       </c>
       <c r="G807" s="1" t="s">
-        <v>2987</v>
+        <v>2990</v>
       </c>
       <c r="H807" t="s">
-        <v>2988</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" t="s">
-        <v>2989</v>
+        <v>2992</v>
       </c>
       <c r="B808" t="s">
         <v>9</v>
       </c>
       <c r="C808" t="s">
         <v>935</v>
       </c>
       <c r="D808" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E808" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F808" t="s">
         <v>18</v>
       </c>
       <c r="G808" s="1" t="s">
-        <v>2990</v>
+        <v>2993</v>
       </c>
       <c r="H808" t="s">
-        <v>2991</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" t="s">
-        <v>2992</v>
+        <v>2995</v>
       </c>
       <c r="B809" t="s">
         <v>9</v>
       </c>
       <c r="C809" t="s">
         <v>939</v>
       </c>
       <c r="D809" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E809" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F809" t="s">
         <v>27</v>
       </c>
       <c r="G809" s="1" t="s">
-        <v>2993</v>
+        <v>2996</v>
       </c>
       <c r="H809" t="s">
-        <v>2994</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" t="s">
-        <v>2995</v>
+        <v>2998</v>
       </c>
       <c r="B810" t="s">
         <v>9</v>
       </c>
       <c r="C810" t="s">
         <v>943</v>
       </c>
       <c r="D810" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E810" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F810" t="s">
         <v>122</v>
       </c>
       <c r="G810" s="1" t="s">
-        <v>2996</v>
+        <v>2999</v>
       </c>
       <c r="H810" t="s">
-        <v>2997</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" t="s">
-        <v>2998</v>
+        <v>3001</v>
       </c>
       <c r="B811" t="s">
         <v>9</v>
       </c>
       <c r="C811" t="s">
         <v>947</v>
       </c>
       <c r="D811" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E811" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F811" t="s">
         <v>32</v>
       </c>
       <c r="G811" s="1" t="s">
-        <v>2999</v>
+        <v>3002</v>
       </c>
       <c r="H811" t="s">
-        <v>3000</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" t="s">
-        <v>3001</v>
+        <v>3004</v>
       </c>
       <c r="B812" t="s">
         <v>9</v>
       </c>
       <c r="C812" t="s">
         <v>951</v>
       </c>
       <c r="D812" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E812" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F812" t="s">
         <v>32</v>
       </c>
       <c r="G812" s="1" t="s">
-        <v>3002</v>
+        <v>3005</v>
       </c>
       <c r="H812" t="s">
-        <v>3003</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" t="s">
-        <v>3004</v>
+        <v>3007</v>
       </c>
       <c r="B813" t="s">
         <v>9</v>
       </c>
       <c r="C813" t="s">
         <v>955</v>
       </c>
       <c r="D813" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E813" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F813" t="s">
         <v>42</v>
       </c>
       <c r="G813" s="1" t="s">
-        <v>3005</v>
+        <v>3008</v>
       </c>
       <c r="H813" t="s">
-        <v>3006</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" t="s">
-        <v>3007</v>
+        <v>3010</v>
       </c>
       <c r="B814" t="s">
         <v>9</v>
       </c>
       <c r="C814" t="s">
         <v>959</v>
       </c>
       <c r="D814" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E814" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F814" t="s">
         <v>93</v>
       </c>
       <c r="G814" s="1" t="s">
-        <v>3008</v>
+        <v>3011</v>
       </c>
       <c r="H814" t="s">
-        <v>3009</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" t="s">
-        <v>3010</v>
+        <v>3013</v>
       </c>
       <c r="B815" t="s">
         <v>9</v>
       </c>
       <c r="C815" t="s">
         <v>963</v>
       </c>
       <c r="D815" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E815" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F815" t="s">
         <v>122</v>
       </c>
       <c r="G815" s="1" t="s">
-        <v>3011</v>
+        <v>3014</v>
       </c>
       <c r="H815" t="s">
-        <v>3012</v>
+        <v>3015</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" t="s">
-        <v>3013</v>
+        <v>3016</v>
       </c>
       <c r="B816" t="s">
         <v>9</v>
       </c>
       <c r="C816" t="s">
         <v>967</v>
       </c>
       <c r="D816" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E816" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F816" t="s">
         <v>18</v>
       </c>
       <c r="G816" s="1" t="s">
-        <v>3014</v>
+        <v>3017</v>
       </c>
       <c r="H816" t="s">
-        <v>3015</v>
+        <v>3018</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" t="s">
-        <v>3016</v>
+        <v>3019</v>
       </c>
       <c r="B817" t="s">
         <v>9</v>
       </c>
       <c r="C817" t="s">
         <v>971</v>
       </c>
       <c r="D817" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E817" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F817" t="s">
         <v>27</v>
       </c>
       <c r="G817" s="1" t="s">
-        <v>3017</v>
+        <v>3020</v>
       </c>
       <c r="H817" t="s">
-        <v>3018</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" t="s">
-        <v>3019</v>
+        <v>3022</v>
       </c>
       <c r="B818" t="s">
         <v>9</v>
       </c>
       <c r="C818" t="s">
         <v>975</v>
       </c>
       <c r="D818" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E818" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F818" t="s">
         <v>27</v>
       </c>
       <c r="G818" s="1" t="s">
-        <v>3020</v>
+        <v>3023</v>
       </c>
       <c r="H818" t="s">
-        <v>3021</v>
+        <v>3024</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" t="s">
-        <v>3022</v>
+        <v>3025</v>
       </c>
       <c r="B819" t="s">
         <v>9</v>
       </c>
       <c r="C819" t="s">
         <v>979</v>
       </c>
       <c r="D819" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E819" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F819" t="s">
         <v>122</v>
       </c>
       <c r="G819" s="1" t="s">
-        <v>3023</v>
+        <v>3026</v>
       </c>
       <c r="H819" t="s">
-        <v>3024</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" t="s">
-        <v>3025</v>
+        <v>3028</v>
       </c>
       <c r="B820" t="s">
         <v>9</v>
       </c>
       <c r="C820" t="s">
         <v>983</v>
       </c>
       <c r="D820" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E820" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F820" t="s">
         <v>32</v>
       </c>
       <c r="G820" s="1" t="s">
-        <v>3026</v>
+        <v>3029</v>
       </c>
       <c r="H820" t="s">
-        <v>3027</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" t="s">
-        <v>3028</v>
+        <v>3031</v>
       </c>
       <c r="B821" t="s">
         <v>9</v>
       </c>
       <c r="C821" t="s">
         <v>987</v>
       </c>
       <c r="D821" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E821" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F821" t="s">
         <v>42</v>
       </c>
       <c r="G821" s="1" t="s">
-        <v>3029</v>
+        <v>3032</v>
       </c>
       <c r="H821" t="s">
-        <v>3030</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" t="s">
-        <v>3031</v>
+        <v>3034</v>
       </c>
       <c r="B822" t="s">
         <v>9</v>
       </c>
       <c r="C822" t="s">
         <v>991</v>
       </c>
       <c r="D822" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E822" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F822" t="s">
         <v>56</v>
       </c>
       <c r="G822" s="1" t="s">
-        <v>3032</v>
+        <v>3035</v>
       </c>
       <c r="H822" t="s">
-        <v>3033</v>
+        <v>3036</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" t="s">
-        <v>3034</v>
+        <v>3037</v>
       </c>
       <c r="B823" t="s">
         <v>9</v>
       </c>
       <c r="C823" t="s">
         <v>995</v>
       </c>
       <c r="D823" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E823" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F823" t="s">
         <v>13</v>
       </c>
       <c r="G823" s="1" t="s">
-        <v>3035</v>
+        <v>3038</v>
       </c>
       <c r="H823" t="s">
-        <v>3036</v>
+        <v>3039</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" t="s">
-        <v>3037</v>
+        <v>3040</v>
       </c>
       <c r="B824" t="s">
         <v>9</v>
       </c>
       <c r="C824" t="s">
         <v>999</v>
       </c>
       <c r="D824" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E824" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F824" t="s">
         <v>13</v>
       </c>
       <c r="G824" s="1" t="s">
-        <v>3038</v>
+        <v>3041</v>
       </c>
       <c r="H824" t="s">
-        <v>3039</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" t="s">
-        <v>3040</v>
+        <v>3043</v>
       </c>
       <c r="B825" t="s">
         <v>9</v>
       </c>
       <c r="C825" t="s">
         <v>1003</v>
       </c>
       <c r="D825" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E825" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F825" t="s">
         <v>18</v>
       </c>
       <c r="G825" s="1" t="s">
-        <v>3041</v>
+        <v>3044</v>
       </c>
       <c r="H825" t="s">
-        <v>3042</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" t="s">
-        <v>3043</v>
+        <v>3046</v>
       </c>
       <c r="B826" t="s">
         <v>9</v>
       </c>
       <c r="C826" t="s">
         <v>1007</v>
       </c>
       <c r="D826" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E826" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F826" t="s">
-        <v>3044</v>
+        <v>3047</v>
       </c>
       <c r="G826" s="1" t="s">
-        <v>3045</v>
+        <v>3048</v>
       </c>
       <c r="H826" t="s">
-        <v>3046</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" t="s">
-        <v>3047</v>
+        <v>3050</v>
       </c>
       <c r="B827" t="s">
         <v>9</v>
       </c>
       <c r="C827" t="s">
         <v>1011</v>
       </c>
       <c r="D827" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E827" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F827" t="s">
         <v>56</v>
       </c>
       <c r="G827" s="1" t="s">
-        <v>3048</v>
+        <v>3051</v>
       </c>
       <c r="H827" t="s">
-        <v>3049</v>
+        <v>3052</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" t="s">
-        <v>3050</v>
+        <v>3053</v>
       </c>
       <c r="B828" t="s">
         <v>9</v>
       </c>
       <c r="C828" t="s">
         <v>1015</v>
       </c>
       <c r="D828" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E828" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F828" t="s">
         <v>13</v>
       </c>
       <c r="G828" s="1" t="s">
-        <v>3051</v>
+        <v>3054</v>
       </c>
       <c r="H828" t="s">
-        <v>3052</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" t="s">
-        <v>3053</v>
+        <v>3056</v>
       </c>
       <c r="B829" t="s">
         <v>9</v>
       </c>
       <c r="C829" t="s">
         <v>1019</v>
       </c>
       <c r="D829" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E829" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F829" t="s">
         <v>42</v>
       </c>
       <c r="G829" s="1" t="s">
-        <v>3054</v>
+        <v>3057</v>
       </c>
       <c r="H829" t="s">
-        <v>3055</v>
+        <v>3058</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" t="s">
-        <v>3056</v>
+        <v>3059</v>
       </c>
       <c r="B830" t="s">
         <v>9</v>
       </c>
       <c r="C830" t="s">
         <v>1023</v>
       </c>
       <c r="D830" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E830" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F830" t="s">
         <v>93</v>
       </c>
       <c r="G830" s="1" t="s">
-        <v>3057</v>
+        <v>3060</v>
       </c>
       <c r="H830" t="s">
-        <v>3058</v>
+        <v>3061</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" t="s">
-        <v>3059</v>
+        <v>3062</v>
       </c>
       <c r="B831" t="s">
         <v>9</v>
       </c>
       <c r="C831" t="s">
         <v>1027</v>
       </c>
       <c r="D831" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E831" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F831" t="s">
         <v>56</v>
       </c>
       <c r="G831" s="1" t="s">
-        <v>3060</v>
+        <v>3063</v>
       </c>
       <c r="H831" t="s">
-        <v>3061</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" t="s">
-        <v>3062</v>
+        <v>3065</v>
       </c>
       <c r="B832" t="s">
         <v>9</v>
       </c>
       <c r="C832" t="s">
         <v>1031</v>
       </c>
       <c r="D832" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E832" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F832" t="s">
         <v>56</v>
       </c>
       <c r="G832" s="1" t="s">
-        <v>3063</v>
+        <v>3066</v>
       </c>
       <c r="H832" t="s">
-        <v>3064</v>
+        <v>3067</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" t="s">
-        <v>3065</v>
+        <v>3068</v>
       </c>
       <c r="B833" t="s">
         <v>9</v>
       </c>
       <c r="C833" t="s">
         <v>1035</v>
       </c>
       <c r="D833" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E833" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F833" t="s">
         <v>122</v>
       </c>
       <c r="G833" s="1" t="s">
-        <v>3066</v>
+        <v>3069</v>
       </c>
       <c r="H833" t="s">
-        <v>3067</v>
+        <v>3070</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" t="s">
-        <v>3068</v>
+        <v>3071</v>
       </c>
       <c r="B834" t="s">
         <v>9</v>
       </c>
       <c r="C834" t="s">
         <v>1039</v>
       </c>
       <c r="D834" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E834" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F834" t="s">
         <v>13</v>
       </c>
       <c r="G834" s="1" t="s">
-        <v>3069</v>
+        <v>3072</v>
       </c>
       <c r="H834" t="s">
-        <v>3070</v>
+        <v>3073</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" t="s">
-        <v>3071</v>
+        <v>3074</v>
       </c>
       <c r="B835" t="s">
         <v>9</v>
       </c>
       <c r="C835" t="s">
         <v>1043</v>
       </c>
       <c r="D835" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E835" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F835" t="s">
         <v>13</v>
       </c>
       <c r="G835" s="1" t="s">
-        <v>3072</v>
+        <v>3075</v>
       </c>
       <c r="H835" t="s">
-        <v>3073</v>
+        <v>3076</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" t="s">
-        <v>3074</v>
+        <v>3077</v>
       </c>
       <c r="B836" t="s">
         <v>9</v>
       </c>
       <c r="C836" t="s">
         <v>1047</v>
       </c>
       <c r="D836" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E836" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F836" t="s">
         <v>42</v>
       </c>
       <c r="G836" s="1" t="s">
-        <v>3075</v>
+        <v>3078</v>
       </c>
       <c r="H836" t="s">
-        <v>3076</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" t="s">
-        <v>3077</v>
+        <v>3080</v>
       </c>
       <c r="B837" t="s">
         <v>9</v>
       </c>
       <c r="C837" t="s">
         <v>1051</v>
       </c>
       <c r="D837" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E837" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F837" t="s">
         <v>56</v>
       </c>
       <c r="G837" s="1" t="s">
-        <v>3078</v>
+        <v>3081</v>
       </c>
       <c r="H837" t="s">
-        <v>3079</v>
+        <v>3082</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" t="s">
-        <v>3080</v>
+        <v>3083</v>
       </c>
       <c r="B838" t="s">
         <v>9</v>
       </c>
       <c r="C838" t="s">
         <v>1055</v>
       </c>
       <c r="D838" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E838" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F838" t="s">
         <v>122</v>
       </c>
       <c r="G838" s="1" t="s">
-        <v>3081</v>
+        <v>3084</v>
       </c>
       <c r="H838" t="s">
-        <v>3082</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" t="s">
-        <v>3083</v>
+        <v>3086</v>
       </c>
       <c r="B839" t="s">
         <v>9</v>
       </c>
       <c r="C839" t="s">
         <v>1059</v>
       </c>
       <c r="D839" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E839" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F839" t="s">
         <v>18</v>
       </c>
       <c r="G839" s="1" t="s">
-        <v>3084</v>
+        <v>3087</v>
       </c>
       <c r="H839" t="s">
-        <v>3085</v>
+        <v>3088</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" t="s">
-        <v>3086</v>
+        <v>3089</v>
       </c>
       <c r="B840" t="s">
         <v>9</v>
       </c>
       <c r="C840" t="s">
         <v>1064</v>
       </c>
       <c r="D840" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E840" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F840" t="s">
         <v>195</v>
       </c>
       <c r="G840" s="1" t="s">
-        <v>3087</v>
+        <v>3090</v>
       </c>
       <c r="H840" t="s">
-        <v>3088</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" t="s">
-        <v>3089</v>
+        <v>3092</v>
       </c>
       <c r="B841" t="s">
         <v>9</v>
       </c>
       <c r="C841" t="s">
         <v>1068</v>
       </c>
       <c r="D841" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E841" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F841" t="s">
         <v>51</v>
       </c>
       <c r="G841" s="1" t="s">
-        <v>3090</v>
+        <v>3093</v>
       </c>
       <c r="H841" t="s">
-        <v>3091</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" t="s">
-        <v>3092</v>
+        <v>3095</v>
       </c>
       <c r="B842" t="s">
         <v>9</v>
       </c>
       <c r="C842" t="s">
         <v>1072</v>
       </c>
       <c r="D842" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E842" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F842" t="s">
         <v>93</v>
       </c>
       <c r="G842" s="1" t="s">
-        <v>3093</v>
+        <v>3096</v>
       </c>
       <c r="H842" t="s">
-        <v>3094</v>
+        <v>3097</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" t="s">
-        <v>3095</v>
+        <v>3098</v>
       </c>
       <c r="B843" t="s">
         <v>9</v>
       </c>
       <c r="C843" t="s">
         <v>1076</v>
       </c>
       <c r="D843" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E843" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F843" t="s">
         <v>93</v>
       </c>
       <c r="G843" s="1" t="s">
-        <v>3096</v>
+        <v>3099</v>
       </c>
       <c r="H843" t="s">
-        <v>3097</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" t="s">
-        <v>3098</v>
+        <v>3101</v>
       </c>
       <c r="B844" t="s">
         <v>9</v>
       </c>
       <c r="C844" t="s">
         <v>1080</v>
       </c>
       <c r="D844" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E844" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="F844" t="s">
         <v>56</v>
       </c>
       <c r="G844" s="1" t="s">
-        <v>3099</v>
+        <v>3102</v>
       </c>
       <c r="H844" t="s">
-        <v>3100</v>
+        <v>3103</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>