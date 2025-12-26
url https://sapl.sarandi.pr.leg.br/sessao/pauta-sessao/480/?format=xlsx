--- v0 (2025-11-03)
+++ v1 (2025-12-26)
@@ -135,75 +135,75 @@
   <si>
     <t>Keila Batista Zegobia "Keila Zegobia",Fábio de Souza Silveira "Fábio Balako"</t>
   </si>
   <si>
     <t>Requer que seja consignada moção com votos de louvor e congratulações ao Padre Jeferson Batista da Cruz, pelo belo trabalho social e religioso que ele desenvolve desde a pandemia quando ele assumiu a Paróquia, ajudando toda a comunidade através da Paróquia Nossa Senhora da Esperança.</t>
   </si>
   <si>
     <t>Moção nº 20 de 2023</t>
   </si>
   <si>
     <t>Requer que seja consignada moção com votos de louvor e congratulações ao Padre Leomar Antonio Montagna, pelo trabalho religioso e social desenvolvido na Igreja Matriz da Paróquia Nossa Senhora das Graças.</t>
   </si>
   <si>
     <t>Moção nº 21 de 2023</t>
   </si>
   <si>
     <t>Requer que seja consignada moção com votos de louvor e congratulações ao Cabo da Reserva da Polícia Militar do Estado do Paraná, Nelson de Jesus Lima, pelo notório trabalho realizado como monitor militar no Colégio Estadual Cívico-Militar Cora Coralina.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 3411 de 2023</t>
   </si>
   <si>
     <t>Walter Volpato - Prefeito</t>
   </si>
   <si>
-    <t>INSTITUI O SERVIÇO DE ACOLHIMENTO FAMILIAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>Institui o serviço de acolhimento familiar e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 3418 de 2023</t>
   </si>
   <si>
     <t>Erasmo Cardoso Pereira "Erasmo da Saúde"</t>
   </si>
   <si>
-    <t>INSTITUI A SEMANA DE ADOÇÃO, PROTEÇÃO E BEM-ESTAR DOS ANIMAIS NO MUNICÍPIO DE SARANDI.</t>
+    <t>Institui a Semana de Adoção, Proteção e Bem-Estar dos Animais no Município de Sarandi.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 3419 de 2023</t>
   </si>
   <si>
-    <t>INSTITUI O DIA DO VEREADOR MIRIM NO MUNICÍPIO DE SARANDI.</t>
+    <t>Institui o Dia do Vereador Mirim no Município de Sarandi.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 3425 de 2023</t>
   </si>
   <si>
     <t>Eunildo Zanchim "Nildão"</t>
   </si>
   <si>
-    <t>INSTITUI O ENCONTRO REGIONAL DE CARROS ANTIGOS NO MUNICÍPIO DE SARANDI.</t>
+    <t>Institui o Encontro Regional de Carros Antigos no Município de Sarandi.</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 596 de 2023</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº 159, DE 24 DE NOVEMBRO DE 2007, QUE DISPÕE SOBRE O PLANO DE CARGOS, CARREIRA E VENCIMENTO DOS SERVIDORES DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Indicação nº 350 de 2023</t>
   </si>
   <si>
     <t>Adriano Ferreira Amorim "Adriano Amorim"</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO, QUE ELABORE UM ESTUDO PARA UMA PARCERIA ESTRATÉGICA ENTRE O MUNICÍPIO, O GOVERNO ESTADUAL E A CAIXA ECONÔMICA FEDERAL. ESTA COLABORAÇÃO VISARÁ A OBTENÇÃO DE FINANCIAMENTOS ESPECÍFICOS PARA A CONSTRUÇÃO DE ESCOLAS E CENTROS MUNICIPAIS DE EDUCAÇÃO INFANTIL (CMEIS). DESTACO A RELEVÂNCIA DE SUPRIR O QUANTITATIVO DE VAGAS PENDENTES, ESSA MEDIDA NÃO APENAS GARANTIRÁ A CONTINUIDADE DO SERVIÇO EDUCACIONAL, MAS TAMBÉM CONSOLIDARÁ A AUTONOMIA DO MUNICÍPIO NA GESTÃO EDUCACIONAL. A SITUAÇÃO SE TORNA AINDA MAIS PREMENTE DIANTE DO DESENVOLVIMENTO DE DIVERSOS EMPREENDIMENTOS DE LOTEAMENTO NA CIDADE. ESTES EMPREENDIMENTOS NÃO APENAS TRARÃO FUTURAS MIGRAÇÕES POPULACIONAIS PARA OS NOVOS BAIRROS, MAS TAMBÉM INTENSIFICARÃO A DEMANDA POR VAGAS EDUCACIONAIS. O PLANEJAMENTO PROATIVO PARA ATENDER A ESSA NECESSIDADE IMINENTE É CRUCIAL PARA EVITAR TRANSTORNOS À POPULAÇÃO E ASSEGURAR O ACESSO UNIVERSAL À EDUCAÇÃO. PORTANTO, É COM GRANDE SENSO DE RESPONSABILIDADE QUE FAÇO ESTA INDICAÇÃO, RECONHECENDO A COMPLEXIDADE DO CENÁRIO ATUAL E A NECESSIDADE DE AÇÕES PREVENTIVAS. DIANTE TODO EXPOSTO, AGRADEÇO ANTECIPADAMENTE ATENÇÃO DISPONIBILIZADA.</t>
   </si>
   <si>
     <t>Indicação nº 351 de 2023</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO, QUE FAÇA UM ESTUDO PARA A REALIZAÇÃO DE UM RECAPEAMENTO ASFÁLTICO ABRANGENTE EM TODA A EXTENSÃO DO BAIRRO GOVERNADOR JOSÉ RICHA. OBSERVAMOS, COM APREÇO, A ATENÇÃO CONTÍNUA DA ADMINISTRAÇÃO MUNICIPAL PARA COM A MELHORIA DA INFRAESTRUTURA URBANA, E ACREDITAMOS QUE ESSA INICIATIVA BENEFICIARÁ SIGNIFICATIVAMENTE A QUALIDADE DE VIDA DOS RESIDENTES. O RECAPEAMENTO ASFÁLTICO SE MOSTRA ESSENCIAL PARA A PRESERVAÇÃO DAS VIAS E, CONSEQUENTEMENTE, PARA A SEGURANÇA E MOBILIDADE DOS CIDADÃOS. DIANTE DISSO, SOLICITAMOS A ANÁLISE CRITERIOSA DA CONDIÇÃO ATUAL DAS RUAS DO BAIRRO E A IMPLEMENTAÇÃO DE MEDIDAS QUE ASSEGUREM A DURABILIDADE E RESISTÊNCIA DO PAVIMENTO. ALÉM DISSO, RESSALTAMOS A IMPORTÂNCIA DE UMA VERIFICAÇÃO ABRANGENTE DAS SINALIZAÇÕES HORIZONTAIS E VERTICAIS EM TODO O GOVERNADOR JOSÉ RICHA. SINALIZAÇÕES ADEQUADAS SÃO CRUCIAIS PARA A SEGURANÇA VIÁRIA, ORIENTANDO MOTORISTAS, CICLISTAS E PEDESTRES DE MANEIRA EFICAZ. PORTANTO, SUGERIMOS UMA REVISÃO COMPLETA DESSES ELEMENTOS, GARANTINDO QUE ESTEJAM EM CONFORMIDADE COM AS NORMAS VIGENTES. ACREDITO QUE ESSAS MELHORIAS NÃO APENAS PROMOVERÃO UM AMBIENTE URBANO MAIS SEGURO E EFICIENTE, MAS TAMBÉM CONTRIBUIRÃO PARA O BEM-ESTAR E A SATISFAÇÃO DA COMUNIDADE LOCAL. CONTAMOS COM SUA SENSIBILIDADE PARA CONSIDERAR ESTA INDICAÇÃO, SABENDO QUE A IMPLEMENTAÇÃO DESTAS MEDIDAS REFLETIRÁ POSITIVAMENTE NA QUALIDADE DE VIDA DOS CIDADÃOS DO BAIRRO GOVERNADOR JOSÉ RICHA.</t>
   </si>